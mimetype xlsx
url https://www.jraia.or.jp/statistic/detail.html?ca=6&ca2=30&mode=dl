--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\New-cabinet\総務部\4002 ホームページ統計更新\月次公表\過去データ\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{97D4BC3D-6A21-49D3-A172-81B9FF9CFF5E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{448929E9-DDB9-448F-A88F-45DDD1A384CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="過去データ" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">過去データ!$A$4:$AF$65</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">過去データ!$A:$A,過去データ!$4:$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -1141,114 +1141,114 @@
     </xf>
     <xf numFmtId="176" fontId="13" fillId="0" borderId="20" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="8" fillId="0" borderId="21" xfId="11" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="13" fillId="0" borderId="0" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="13" fillId="0" borderId="36" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="27" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="35" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="14" fillId="0" borderId="18" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="14" fillId="0" borderId="17" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="8" fillId="0" borderId="1" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="31" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="32" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="34" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="33" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="6" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="7" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="24" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="26" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="25" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="176" fontId="8" fillId="0" borderId="1" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="8" fillId="0" borderId="5" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="28" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="29" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="30" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="31" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="32" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="8" fillId="0" borderId="2" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="12" fillId="0" borderId="3" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="12" fillId="0" borderId="4" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="12" fillId="0" borderId="22" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="12" fillId="0" borderId="5" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="12" fillId="0" borderId="23" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="12">
     <cellStyle name="20% - アクセント 5 2" xfId="9" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - アクセント 6 2" xfId="10" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="ハイパーリンク" xfId="7" builtinId="8"/>
     <cellStyle name="桁区切り 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="桁区切り 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="桁区切り 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="桁区切り 4" xfId="11" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="標準 2 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="標準 3" xfId="6" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="標準 4" xfId="8" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
   </cellStyles>
   <dxfs count="2">
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
@@ -1561,54 +1561,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:AI63"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="8" ySplit="7" topLeftCell="Q40" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="8" ySplit="7" topLeftCell="X49" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="F1" sqref="F1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="Z68" sqref="Z67:Z68"/>
+      <selection pane="bottomRight" activeCell="AE64" sqref="AE64"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="6.6328125" defaultRowHeight="12" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="6.08984375" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="8.08984375" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10.453125" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8.453125" style="2" bestFit="1" customWidth="1"/>
     <col min="5" max="7" width="8.6328125" style="2" customWidth="1"/>
     <col min="8" max="8" width="11.08984375" style="2" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="5.90625" style="2" customWidth="1"/>
     <col min="10" max="10" width="9" style="2" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="5.90625" style="2" customWidth="1"/>
     <col min="12" max="12" width="9" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="7.08984375" style="2" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="10.08984375" style="2" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="5.90625" style="2" customWidth="1"/>
     <col min="16" max="16" width="9" style="2" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="7.08984375" style="2" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="10.08984375" style="2" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.08984375" style="2" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="10.08984375" style="2" customWidth="1"/>
     <col min="21" max="21" width="7.08984375" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="10.08984375" style="2" customWidth="1"/>
     <col min="23" max="23" width="5.90625" style="2" customWidth="1"/>
@@ -3665,211 +3665,211 @@
       <c r="O2" s="4"/>
       <c r="P2" s="4"/>
       <c r="Q2" s="4"/>
       <c r="R2" s="4"/>
       <c r="S2" s="4"/>
       <c r="T2" s="4"/>
       <c r="U2" s="4"/>
       <c r="V2" s="4"/>
       <c r="W2" s="4"/>
       <c r="X2" s="4"/>
       <c r="Y2" s="4"/>
       <c r="Z2" s="4"/>
       <c r="AA2" s="4"/>
       <c r="AB2" s="4"/>
       <c r="AC2" s="4"/>
       <c r="AD2" s="4"/>
       <c r="AE2" s="4"/>
       <c r="AF2" s="4"/>
     </row>
     <row r="3" spans="1:35" ht="30" customHeight="1">
       <c r="AF3" s="5" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:35" ht="14.15" customHeight="1">
-      <c r="B4" s="43" t="s">
+      <c r="B4" s="57" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="44"/>
-      <c r="D4" s="45" t="s">
+      <c r="C4" s="58"/>
+      <c r="D4" s="59" t="s">
         <v>3</v>
       </c>
-      <c r="E4" s="46"/>
-[...3 lines deleted...]
-      <c r="I4" s="42" t="s">
+      <c r="E4" s="60"/>
+      <c r="F4" s="60"/>
+      <c r="G4" s="60"/>
+      <c r="H4" s="61"/>
+      <c r="I4" s="50" t="s">
         <v>4</v>
       </c>
-      <c r="J4" s="41"/>
-      <c r="K4" s="40" t="s">
+      <c r="J4" s="56"/>
+      <c r="K4" s="49" t="s">
         <v>5</v>
       </c>
-      <c r="L4" s="41"/>
-      <c r="M4" s="40" t="s">
+      <c r="L4" s="56"/>
+      <c r="M4" s="49" t="s">
         <v>6</v>
       </c>
-      <c r="N4" s="41"/>
-      <c r="O4" s="40" t="s">
+      <c r="N4" s="56"/>
+      <c r="O4" s="49" t="s">
         <v>7</v>
       </c>
-      <c r="P4" s="41"/>
-      <c r="Q4" s="40" t="s">
+      <c r="P4" s="56"/>
+      <c r="Q4" s="49" t="s">
         <v>8</v>
       </c>
-      <c r="R4" s="42"/>
-      <c r="S4" s="40" t="s">
+      <c r="R4" s="50"/>
+      <c r="S4" s="49" t="s">
         <v>9</v>
       </c>
-      <c r="T4" s="41"/>
-      <c r="U4" s="40" t="s">
+      <c r="T4" s="56"/>
+      <c r="U4" s="49" t="s">
         <v>10</v>
       </c>
-      <c r="V4" s="41"/>
-      <c r="W4" s="40" t="s">
+      <c r="V4" s="56"/>
+      <c r="W4" s="49" t="s">
         <v>11</v>
       </c>
-      <c r="X4" s="41"/>
-      <c r="Y4" s="40" t="s">
+      <c r="X4" s="56"/>
+      <c r="Y4" s="49" t="s">
         <v>12</v>
       </c>
-      <c r="Z4" s="41"/>
-      <c r="AA4" s="40" t="s">
+      <c r="Z4" s="56"/>
+      <c r="AA4" s="49" t="s">
         <v>13</v>
       </c>
-      <c r="AB4" s="41"/>
-      <c r="AC4" s="40" t="s">
+      <c r="AB4" s="56"/>
+      <c r="AC4" s="49" t="s">
         <v>14</v>
       </c>
-      <c r="AD4" s="41"/>
-      <c r="AE4" s="40" t="s">
+      <c r="AD4" s="56"/>
+      <c r="AE4" s="49" t="s">
         <v>15</v>
       </c>
-      <c r="AF4" s="42"/>
+      <c r="AF4" s="50"/>
       <c r="AG4" s="6"/>
       <c r="AH4" s="6"/>
     </row>
     <row r="5" spans="1:35" ht="14.15" customHeight="1">
-      <c r="B5" s="52" t="s">
+      <c r="B5" s="44" t="s">
         <v>16</v>
       </c>
-      <c r="C5" s="53"/>
-      <c r="D5" s="54" t="s">
+      <c r="C5" s="45"/>
+      <c r="D5" s="46" t="s">
         <v>17</v>
       </c>
-      <c r="E5" s="55"/>
-[...2 lines deleted...]
-      <c r="H5" s="56"/>
+      <c r="E5" s="47"/>
+      <c r="F5" s="47"/>
+      <c r="G5" s="47"/>
+      <c r="H5" s="48"/>
       <c r="I5" s="7"/>
       <c r="J5" s="8"/>
       <c r="K5" s="9"/>
       <c r="L5" s="8"/>
       <c r="M5" s="9"/>
       <c r="N5" s="8"/>
       <c r="O5" s="9"/>
       <c r="P5" s="8"/>
       <c r="Q5" s="9"/>
       <c r="R5" s="7"/>
       <c r="S5" s="9"/>
       <c r="T5" s="8"/>
       <c r="U5" s="9"/>
       <c r="V5" s="8"/>
       <c r="W5" s="9"/>
       <c r="X5" s="8"/>
       <c r="Y5" s="9"/>
       <c r="Z5" s="8"/>
       <c r="AA5" s="9"/>
       <c r="AB5" s="8"/>
       <c r="AC5" s="9"/>
       <c r="AD5" s="8"/>
       <c r="AE5" s="9"/>
       <c r="AF5" s="7"/>
       <c r="AG5" s="6"/>
       <c r="AH5" s="6"/>
     </row>
     <row r="6" spans="1:35" ht="14.15" customHeight="1">
-      <c r="B6" s="50" t="s">
+      <c r="B6" s="42" t="s">
         <v>23</v>
       </c>
-      <c r="C6" s="48" t="s">
+      <c r="C6" s="40" t="s">
         <v>19</v>
       </c>
-      <c r="D6" s="57" t="s">
+      <c r="D6" s="51" t="s">
         <v>21</v>
       </c>
-      <c r="E6" s="58"/>
-[...2 lines deleted...]
-      <c r="H6" s="60" t="s">
+      <c r="E6" s="52"/>
+      <c r="F6" s="52"/>
+      <c r="G6" s="53"/>
+      <c r="H6" s="54" t="s">
         <v>19</v>
       </c>
       <c r="I6" s="7"/>
       <c r="J6" s="8"/>
       <c r="K6" s="9"/>
       <c r="L6" s="8"/>
       <c r="M6" s="9"/>
       <c r="N6" s="8"/>
       <c r="O6" s="9"/>
       <c r="P6" s="8"/>
       <c r="Q6" s="9"/>
       <c r="R6" s="7"/>
       <c r="S6" s="9"/>
       <c r="T6" s="8"/>
       <c r="U6" s="9"/>
       <c r="V6" s="8"/>
       <c r="W6" s="9"/>
       <c r="X6" s="8"/>
       <c r="Y6" s="9"/>
       <c r="Z6" s="8"/>
       <c r="AA6" s="9"/>
       <c r="AB6" s="8"/>
       <c r="AC6" s="9"/>
       <c r="AD6" s="8"/>
       <c r="AE6" s="9"/>
       <c r="AF6" s="7"/>
       <c r="AG6" s="6"/>
       <c r="AH6" s="6"/>
     </row>
     <row r="7" spans="1:35" ht="37.5">
       <c r="A7" s="10"/>
-      <c r="B7" s="51"/>
-      <c r="C7" s="49"/>
+      <c r="B7" s="43"/>
+      <c r="C7" s="41"/>
       <c r="D7" s="11" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="36" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="37" t="s">
         <v>25</v>
       </c>
       <c r="G7" s="36" t="s">
         <v>26</v>
       </c>
-      <c r="H7" s="61"/>
+      <c r="H7" s="55"/>
       <c r="I7" s="12" t="s">
         <v>18</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="13" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="14" t="s">
         <v>18</v>
       </c>
       <c r="N7" s="13" t="s">
         <v>19</v>
       </c>
       <c r="O7" s="14" t="s">
         <v>18</v>
       </c>
       <c r="P7" s="13" t="s">
         <v>19</v>
       </c>
       <c r="Q7" s="14" t="s">
@@ -9461,72 +9461,72 @@
       <c r="AA61" s="23">
         <v>438.87299999999999</v>
       </c>
       <c r="AB61" s="28">
         <v>39863.008000000002</v>
       </c>
       <c r="AC61" s="23">
         <v>524.41899999999998</v>
       </c>
       <c r="AD61" s="22">
         <v>52270.731</v>
       </c>
       <c r="AE61" s="23">
         <v>619.08600000000001</v>
       </c>
       <c r="AF61" s="2">
         <v>59633.885000000002</v>
       </c>
     </row>
     <row r="62" spans="1:32" ht="14.5" customHeight="1">
       <c r="A62" s="16">
         <v>2025</v>
       </c>
       <c r="B62" s="17">
         <f>I62+K62+M62+O62+Q62+S62+U62+W62+Y62+AA62+AC62+AE62</f>
-        <v>8058.6080000000011</v>
+        <v>9705.3600000000024</v>
       </c>
       <c r="C62" s="18">
         <f>J62+L62+N62+P62+R62+X62+Z62+AB62+AD62+V62+AF62+T62</f>
-        <v>736698.76300000004</v>
+        <v>899711.72</v>
       </c>
       <c r="D62" s="32">
         <f>O62+Q62+S62+U62+W62+Y62+AA62+AC62+AE62+I63+K63+M63</f>
-        <v>5836.1469999999999</v>
+        <v>7482.8989999999994</v>
       </c>
       <c r="E62" s="35" t="s">
         <v>27</v>
       </c>
       <c r="F62" s="35" t="s">
         <v>27</v>
       </c>
       <c r="G62" s="35" t="s">
         <v>27</v>
       </c>
       <c r="H62" s="20">
         <f>P62+R62+V62+X62+Z62+AB62+AD62+J63+L63+N63+AF62+T62</f>
-        <v>550484.47399999993</v>
+        <v>713497.4310000001</v>
       </c>
       <c r="I62" s="33">
         <v>550.18200000000002</v>
       </c>
       <c r="J62" s="22">
         <v>46161.364000000001</v>
       </c>
       <c r="K62" s="23">
         <v>659.4</v>
       </c>
       <c r="L62" s="2">
         <v>55254.697</v>
       </c>
       <c r="M62" s="23">
         <v>1012.879</v>
       </c>
       <c r="N62" s="22">
         <v>84798.228000000003</v>
       </c>
       <c r="O62" s="38">
         <v>794.80799999999999</v>
       </c>
       <c r="P62" s="39">
         <v>74710.883000000002</v>
       </c>
@@ -9538,79 +9538,92 @@
       </c>
       <c r="S62" s="23">
         <v>1405.046</v>
       </c>
       <c r="T62" s="2">
         <v>136309.359</v>
       </c>
       <c r="U62" s="23">
         <v>1284.8800000000001</v>
       </c>
       <c r="V62" s="2">
         <v>117895.45600000001</v>
       </c>
       <c r="W62" s="23">
         <v>660.01099999999997</v>
       </c>
       <c r="X62" s="22">
         <v>57839.817000000003</v>
       </c>
       <c r="Y62" s="23">
         <v>645.42600000000004</v>
       </c>
       <c r="Z62" s="22">
         <v>59365.468000000001</v>
       </c>
-      <c r="AA62" s="23"/>
-[...3 lines deleted...]
-      <c r="AE62" s="23"/>
+      <c r="AA62" s="23">
+        <v>473.40899999999999</v>
+      </c>
+      <c r="AB62" s="28">
+        <v>44849.033000000003</v>
+      </c>
+      <c r="AC62" s="23">
+        <v>532.24099999999999</v>
+      </c>
+      <c r="AD62" s="22">
+        <v>55041.9</v>
+      </c>
+      <c r="AE62" s="23">
+        <v>641.10199999999998</v>
+      </c>
+      <c r="AF62" s="2" ph="1">
+        <v>63122.023999999998</v>
+      </c>
     </row>
     <row r="63" spans="1:32" ht="14.5" customHeight="1"/>
   </sheetData>
   <mergeCells count="20">
-    <mergeCell ref="C6:C7"/>
-[...5 lines deleted...]
-    <mergeCell ref="H6:H7"/>
+    <mergeCell ref="AC4:AD4"/>
+    <mergeCell ref="AE4:AF4"/>
+    <mergeCell ref="W4:X4"/>
+    <mergeCell ref="Y4:Z4"/>
+    <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="U4:V4"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:H4"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
-    <mergeCell ref="AC4:AD4"/>
-[...3 lines deleted...]
-    <mergeCell ref="AA4:AB4"/>
+    <mergeCell ref="C6:C7"/>
+    <mergeCell ref="B6:B7"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="D5:H5"/>
+    <mergeCell ref="Q4:R4"/>
+    <mergeCell ref="D6:G6"/>
+    <mergeCell ref="H6:H7"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0" right="0" top="0.59055118110236227" bottom="0" header="0.78740157480314965" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="58" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Meiryo UI,太字"&amp;12家庭用エアコンの月別出荷台数・金額&amp;9
 &amp;R&amp;"Meiryo UI,標準"
 （単位：台＝千台、数金額＝百万円）</oddHeader>
     <oddFooter>&amp;R&amp;"Meiryo UI,標準"No.&amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>