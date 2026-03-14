--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -1,87 +1,91 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\New-cabinet\総務部\4002 ホームページ統計更新\月次公表\過去データ\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{448929E9-DDB9-448F-A88F-45DDD1A384CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3F7D5196-77C2-479C-8623-29B01A2D7870}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="過去データ" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">過去データ!$A$4:$AF$65</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">過去データ!$A:$A,過去データ!$4:$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D62" i="6" l="1"/>
+  <c r="H63" i="6" l="1"/>
+  <c r="D63" i="6"/>
+  <c r="C63" i="6"/>
+  <c r="B63" i="6"/>
+  <c r="D62" i="6"/>
   <c r="H62" i="6" l="1"/>
   <c r="C62" i="6"/>
   <c r="B62" i="6"/>
   <c r="H61" i="6"/>
   <c r="C61" i="6"/>
   <c r="D61" i="6"/>
   <c r="B61" i="6"/>
   <c r="B60" i="6"/>
   <c r="H60" i="6"/>
   <c r="C60" i="6"/>
   <c r="D60" i="6"/>
   <c r="D59" i="6"/>
   <c r="H59" i="6"/>
   <c r="C59" i="6"/>
   <c r="B59" i="6"/>
   <c r="H45" i="6"/>
   <c r="H58" i="6"/>
   <c r="D58" i="6"/>
   <c r="C58" i="6"/>
   <c r="H57" i="6"/>
   <c r="B58" i="6"/>
   <c r="D57" i="6"/>
   <c r="C57" i="6"/>
   <c r="B57" i="6"/>
   <c r="C56" i="6"/>
@@ -225,51 +229,51 @@
   <c r="B22" i="6"/>
   <c r="H21" i="6"/>
   <c r="D21" i="6"/>
   <c r="C21" i="6"/>
   <c r="B21" i="6"/>
   <c r="H20" i="6"/>
   <c r="D20" i="6"/>
   <c r="C20" i="6"/>
   <c r="B20" i="6"/>
   <c r="H19" i="6"/>
   <c r="D19" i="6"/>
   <c r="C19" i="6"/>
   <c r="B19" i="6"/>
   <c r="H18" i="6"/>
   <c r="D18" i="6"/>
   <c r="C18" i="6"/>
   <c r="B18" i="6"/>
   <c r="H17" i="6"/>
   <c r="D17" i="6"/>
   <c r="C17" i="6"/>
   <c r="B17" i="6"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="255" uniqueCount="29">
   <si>
     <t>家庭用（ルーム）エアコンの月別出荷台数と金額</t>
     <rPh sb="0" eb="3">
       <t>カテイヨウ</t>
     </rPh>
     <rPh sb="13" eb="14">
       <t>ツキ</t>
     </rPh>
     <rPh sb="14" eb="15">
       <t>ベツ</t>
     </rPh>
     <rPh sb="15" eb="17">
       <t>シュッカ</t>
     </rPh>
     <rPh sb="17" eb="19">
       <t>ダイスウ</t>
     </rPh>
     <rPh sb="20" eb="22">
       <t>キンガク</t>
     </rPh>
     <phoneticPr fontId="10"/>
   </si>
   <si>
     <t>（単位：台数＝千台、金額＝百万円）</t>
     <rPh sb="1" eb="3">
@@ -1141,114 +1145,114 @@
     </xf>
     <xf numFmtId="176" fontId="13" fillId="0" borderId="20" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="8" fillId="0" borderId="21" xfId="11" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="13" fillId="0" borderId="0" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="13" fillId="0" borderId="36" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="27" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="35" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="14" fillId="0" borderId="18" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="14" fillId="0" borderId="17" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="176" fontId="8" fillId="0" borderId="1" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="8" fillId="0" borderId="2" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="8" fillId="0" borderId="5" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="12" fillId="0" borderId="3" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="12" fillId="0" borderId="4" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="12" fillId="0" borderId="22" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="12" fillId="0" borderId="5" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="12" fillId="0" borderId="23" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="31" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="32" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="34" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="33" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="6" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="7" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="24" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="26" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="25" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="8" fillId="0" borderId="1" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="28" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="29" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="30" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="31" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="12" fillId="0" borderId="32" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...16 lines deleted...]
-    <xf numFmtId="176" fontId="12" fillId="0" borderId="23" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="12">
     <cellStyle name="20% - アクセント 5 2" xfId="9" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - アクセント 6 2" xfId="10" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="ハイパーリンク" xfId="7" builtinId="8"/>
     <cellStyle name="桁区切り 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="桁区切り 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="桁区切り 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="桁区切り 4" xfId="11" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="標準 2 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="標準 3" xfId="6" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="標準 4" xfId="8" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
   </cellStyles>
   <dxfs count="2">
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
@@ -1561,54 +1565,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:AI63"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="8" ySplit="7" topLeftCell="X49" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="8" ySplit="7" topLeftCell="I51" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="F1" sqref="F1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="AE64" sqref="AE64"/>
+      <selection pane="bottomRight" activeCell="H63" sqref="H63"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="6.6328125" defaultRowHeight="12" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="6.08984375" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="8.08984375" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10.453125" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8.453125" style="2" bestFit="1" customWidth="1"/>
     <col min="5" max="7" width="8.6328125" style="2" customWidth="1"/>
     <col min="8" max="8" width="11.08984375" style="2" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="5.90625" style="2" customWidth="1"/>
     <col min="10" max="10" width="9" style="2" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="5.90625" style="2" customWidth="1"/>
     <col min="12" max="12" width="9" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="7.08984375" style="2" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="10.08984375" style="2" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="5.90625" style="2" customWidth="1"/>
     <col min="16" max="16" width="9" style="2" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="7.08984375" style="2" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="10.08984375" style="2" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.08984375" style="2" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="10.08984375" style="2" customWidth="1"/>
     <col min="21" max="21" width="7.08984375" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="10.08984375" style="2" customWidth="1"/>
     <col min="23" max="23" width="5.90625" style="2" customWidth="1"/>
@@ -3665,211 +3669,211 @@
       <c r="O2" s="4"/>
       <c r="P2" s="4"/>
       <c r="Q2" s="4"/>
       <c r="R2" s="4"/>
       <c r="S2" s="4"/>
       <c r="T2" s="4"/>
       <c r="U2" s="4"/>
       <c r="V2" s="4"/>
       <c r="W2" s="4"/>
       <c r="X2" s="4"/>
       <c r="Y2" s="4"/>
       <c r="Z2" s="4"/>
       <c r="AA2" s="4"/>
       <c r="AB2" s="4"/>
       <c r="AC2" s="4"/>
       <c r="AD2" s="4"/>
       <c r="AE2" s="4"/>
       <c r="AF2" s="4"/>
     </row>
     <row r="3" spans="1:35" ht="30" customHeight="1">
       <c r="AF3" s="5" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:35" ht="14.15" customHeight="1">
-      <c r="B4" s="57" t="s">
+      <c r="B4" s="43" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="58"/>
-      <c r="D4" s="59" t="s">
+      <c r="C4" s="44"/>
+      <c r="D4" s="45" t="s">
         <v>3</v>
       </c>
-      <c r="E4" s="60"/>
-[...3 lines deleted...]
-      <c r="I4" s="50" t="s">
+      <c r="E4" s="46"/>
+      <c r="F4" s="46"/>
+      <c r="G4" s="46"/>
+      <c r="H4" s="47"/>
+      <c r="I4" s="42" t="s">
         <v>4</v>
       </c>
-      <c r="J4" s="56"/>
-      <c r="K4" s="49" t="s">
+      <c r="J4" s="41"/>
+      <c r="K4" s="40" t="s">
         <v>5</v>
       </c>
-      <c r="L4" s="56"/>
-      <c r="M4" s="49" t="s">
+      <c r="L4" s="41"/>
+      <c r="M4" s="40" t="s">
         <v>6</v>
       </c>
-      <c r="N4" s="56"/>
-      <c r="O4" s="49" t="s">
+      <c r="N4" s="41"/>
+      <c r="O4" s="40" t="s">
         <v>7</v>
       </c>
-      <c r="P4" s="56"/>
-      <c r="Q4" s="49" t="s">
+      <c r="P4" s="41"/>
+      <c r="Q4" s="40" t="s">
         <v>8</v>
       </c>
-      <c r="R4" s="50"/>
-      <c r="S4" s="49" t="s">
+      <c r="R4" s="42"/>
+      <c r="S4" s="40" t="s">
         <v>9</v>
       </c>
-      <c r="T4" s="56"/>
-      <c r="U4" s="49" t="s">
+      <c r="T4" s="41"/>
+      <c r="U4" s="40" t="s">
         <v>10</v>
       </c>
-      <c r="V4" s="56"/>
-      <c r="W4" s="49" t="s">
+      <c r="V4" s="41"/>
+      <c r="W4" s="40" t="s">
         <v>11</v>
       </c>
-      <c r="X4" s="56"/>
-      <c r="Y4" s="49" t="s">
+      <c r="X4" s="41"/>
+      <c r="Y4" s="40" t="s">
         <v>12</v>
       </c>
-      <c r="Z4" s="56"/>
-      <c r="AA4" s="49" t="s">
+      <c r="Z4" s="41"/>
+      <c r="AA4" s="40" t="s">
         <v>13</v>
       </c>
-      <c r="AB4" s="56"/>
-      <c r="AC4" s="49" t="s">
+      <c r="AB4" s="41"/>
+      <c r="AC4" s="40" t="s">
         <v>14</v>
       </c>
-      <c r="AD4" s="56"/>
-      <c r="AE4" s="49" t="s">
+      <c r="AD4" s="41"/>
+      <c r="AE4" s="40" t="s">
         <v>15</v>
       </c>
-      <c r="AF4" s="50"/>
+      <c r="AF4" s="42"/>
       <c r="AG4" s="6"/>
       <c r="AH4" s="6"/>
     </row>
     <row r="5" spans="1:35" ht="14.15" customHeight="1">
-      <c r="B5" s="44" t="s">
+      <c r="B5" s="52" t="s">
         <v>16</v>
       </c>
-      <c r="C5" s="45"/>
-      <c r="D5" s="46" t="s">
+      <c r="C5" s="53"/>
+      <c r="D5" s="54" t="s">
         <v>17</v>
       </c>
-      <c r="E5" s="47"/>
-[...2 lines deleted...]
-      <c r="H5" s="48"/>
+      <c r="E5" s="55"/>
+      <c r="F5" s="55"/>
+      <c r="G5" s="55"/>
+      <c r="H5" s="56"/>
       <c r="I5" s="7"/>
       <c r="J5" s="8"/>
       <c r="K5" s="9"/>
       <c r="L5" s="8"/>
       <c r="M5" s="9"/>
       <c r="N5" s="8"/>
       <c r="O5" s="9"/>
       <c r="P5" s="8"/>
       <c r="Q5" s="9"/>
       <c r="R5" s="7"/>
       <c r="S5" s="9"/>
       <c r="T5" s="8"/>
       <c r="U5" s="9"/>
       <c r="V5" s="8"/>
       <c r="W5" s="9"/>
       <c r="X5" s="8"/>
       <c r="Y5" s="9"/>
       <c r="Z5" s="8"/>
       <c r="AA5" s="9"/>
       <c r="AB5" s="8"/>
       <c r="AC5" s="9"/>
       <c r="AD5" s="8"/>
       <c r="AE5" s="9"/>
       <c r="AF5" s="7"/>
       <c r="AG5" s="6"/>
       <c r="AH5" s="6"/>
     </row>
     <row r="6" spans="1:35" ht="14.15" customHeight="1">
-      <c r="B6" s="42" t="s">
+      <c r="B6" s="50" t="s">
         <v>23</v>
       </c>
-      <c r="C6" s="40" t="s">
+      <c r="C6" s="48" t="s">
         <v>19</v>
       </c>
-      <c r="D6" s="51" t="s">
+      <c r="D6" s="57" t="s">
         <v>21</v>
       </c>
-      <c r="E6" s="52"/>
-[...2 lines deleted...]
-      <c r="H6" s="54" t="s">
+      <c r="E6" s="58"/>
+      <c r="F6" s="58"/>
+      <c r="G6" s="59"/>
+      <c r="H6" s="60" t="s">
         <v>19</v>
       </c>
       <c r="I6" s="7"/>
       <c r="J6" s="8"/>
       <c r="K6" s="9"/>
       <c r="L6" s="8"/>
       <c r="M6" s="9"/>
       <c r="N6" s="8"/>
       <c r="O6" s="9"/>
       <c r="P6" s="8"/>
       <c r="Q6" s="9"/>
       <c r="R6" s="7"/>
       <c r="S6" s="9"/>
       <c r="T6" s="8"/>
       <c r="U6" s="9"/>
       <c r="V6" s="8"/>
       <c r="W6" s="9"/>
       <c r="X6" s="8"/>
       <c r="Y6" s="9"/>
       <c r="Z6" s="8"/>
       <c r="AA6" s="9"/>
       <c r="AB6" s="8"/>
       <c r="AC6" s="9"/>
       <c r="AD6" s="8"/>
       <c r="AE6" s="9"/>
       <c r="AF6" s="7"/>
       <c r="AG6" s="6"/>
       <c r="AH6" s="6"/>
     </row>
     <row r="7" spans="1:35" ht="37.5">
       <c r="A7" s="10"/>
-      <c r="B7" s="43"/>
-      <c r="C7" s="41"/>
+      <c r="B7" s="51"/>
+      <c r="C7" s="49"/>
       <c r="D7" s="11" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="36" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="37" t="s">
         <v>25</v>
       </c>
       <c r="G7" s="36" t="s">
         <v>26</v>
       </c>
-      <c r="H7" s="55"/>
+      <c r="H7" s="61"/>
       <c r="I7" s="12" t="s">
         <v>18</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="13" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="14" t="s">
         <v>18</v>
       </c>
       <c r="N7" s="13" t="s">
         <v>19</v>
       </c>
       <c r="O7" s="14" t="s">
         <v>18</v>
       </c>
       <c r="P7" s="13" t="s">
         <v>19</v>
       </c>
       <c r="Q7" s="14" t="s">
@@ -9469,64 +9473,64 @@
       </c>
       <c r="AD61" s="22">
         <v>52270.731</v>
       </c>
       <c r="AE61" s="23">
         <v>619.08600000000001</v>
       </c>
       <c r="AF61" s="2">
         <v>59633.885000000002</v>
       </c>
     </row>
     <row r="62" spans="1:32" ht="14.5" customHeight="1">
       <c r="A62" s="16">
         <v>2025</v>
       </c>
       <c r="B62" s="17">
         <f>I62+K62+M62+O62+Q62+S62+U62+W62+Y62+AA62+AC62+AE62</f>
         <v>9705.3600000000024</v>
       </c>
       <c r="C62" s="18">
         <f>J62+L62+N62+P62+R62+X62+Z62+AB62+AD62+V62+AF62+T62</f>
         <v>899711.72</v>
       </c>
       <c r="D62" s="32">
         <f>O62+Q62+S62+U62+W62+Y62+AA62+AC62+AE62+I63+K63+M63</f>
-        <v>7482.8989999999994</v>
+        <v>8104.5949999999993</v>
       </c>
       <c r="E62" s="35" t="s">
         <v>27</v>
       </c>
       <c r="F62" s="35" t="s">
         <v>27</v>
       </c>
       <c r="G62" s="35" t="s">
         <v>27</v>
       </c>
       <c r="H62" s="20">
         <f>P62+R62+V62+X62+Z62+AB62+AD62+J63+L63+N63+AF62+T62</f>
-        <v>713497.4310000001</v>
+        <v>769517.26399999997</v>
       </c>
       <c r="I62" s="33">
         <v>550.18200000000002</v>
       </c>
       <c r="J62" s="22">
         <v>46161.364000000001</v>
       </c>
       <c r="K62" s="23">
         <v>659.4</v>
       </c>
       <c r="L62" s="2">
         <v>55254.697</v>
       </c>
       <c r="M62" s="23">
         <v>1012.879</v>
       </c>
       <c r="N62" s="22">
         <v>84798.228000000003</v>
       </c>
       <c r="O62" s="38">
         <v>794.80799999999999</v>
       </c>
       <c r="P62" s="39">
         <v>74710.883000000002</v>
       </c>
@@ -9557,73 +9561,126 @@
       <c r="Y62" s="23">
         <v>645.42600000000004</v>
       </c>
       <c r="Z62" s="22">
         <v>59365.468000000001</v>
       </c>
       <c r="AA62" s="23">
         <v>473.40899999999999</v>
       </c>
       <c r="AB62" s="28">
         <v>44849.033000000003</v>
       </c>
       <c r="AC62" s="23">
         <v>532.24099999999999</v>
       </c>
       <c r="AD62" s="22">
         <v>55041.9</v>
       </c>
       <c r="AE62" s="23">
         <v>641.10199999999998</v>
       </c>
       <c r="AF62" s="2" ph="1">
         <v>63122.023999999998</v>
       </c>
     </row>
-    <row r="63" spans="1:32" ht="14.5" customHeight="1"/>
+    <row r="63" spans="1:32" ht="14.5" customHeight="1">
+      <c r="A63" s="16">
+        <v>2026</v>
+      </c>
+      <c r="B63" s="17">
+        <f>I63+K63+M63+O63+Q63+S63+U63+W63+Y63+AA63+AC63+AE63</f>
+        <v>621.69600000000003</v>
+      </c>
+      <c r="C63" s="18">
+        <f>J63+L63+N63+P63+R63+X63+Z63+AB63+AD63+V63+AF63+T63</f>
+        <v>56019.832999999999</v>
+      </c>
+      <c r="D63" s="32">
+        <f>O63+Q63+S63+U63+W63+Y63+AA63+AC63+AE63+I64+K64+M64</f>
+        <v>0</v>
+      </c>
+      <c r="E63" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="F63" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="G63" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="H63" s="20">
+        <f>P63+R63+V63+X63+Z63+AB63+AD63+J64+L64+N64+AF63+T63</f>
+        <v>0</v>
+      </c>
+      <c r="I63" s="33">
+        <v>621.69600000000003</v>
+      </c>
+      <c r="J63" s="22">
+        <v>56019.832999999999</v>
+      </c>
+      <c r="K63" s="23"/>
+      <c r="M63" s="23"/>
+      <c r="N63" s="22"/>
+      <c r="O63" s="38"/>
+      <c r="P63" s="39"/>
+      <c r="Q63" s="29"/>
+      <c r="S63" s="23"/>
+      <c r="U63" s="23"/>
+      <c r="W63" s="23"/>
+      <c r="X63" s="22"/>
+      <c r="Y63" s="23"/>
+      <c r="Z63" s="22"/>
+      <c r="AA63" s="23"/>
+      <c r="AB63" s="28"/>
+      <c r="AC63" s="23"/>
+      <c r="AD63" s="22"/>
+      <c r="AE63" s="23"/>
+      <c r="AF63" s="2" ph="1"/>
+    </row>
   </sheetData>
   <mergeCells count="20">
-    <mergeCell ref="AC4:AD4"/>
-[...3 lines deleted...]
-    <mergeCell ref="AA4:AB4"/>
+    <mergeCell ref="C6:C7"/>
+    <mergeCell ref="B6:B7"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="D5:H5"/>
+    <mergeCell ref="Q4:R4"/>
+    <mergeCell ref="D6:G6"/>
+    <mergeCell ref="H6:H7"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="U4:V4"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:H4"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
-    <mergeCell ref="C6:C7"/>
-[...5 lines deleted...]
-    <mergeCell ref="H6:H7"/>
+    <mergeCell ref="AC4:AD4"/>
+    <mergeCell ref="AE4:AF4"/>
+    <mergeCell ref="W4:X4"/>
+    <mergeCell ref="Y4:Z4"/>
+    <mergeCell ref="AA4:AB4"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0" right="0" top="0.59055118110236227" bottom="0" header="0.78740157480314965" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="58" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Meiryo UI,太字"&amp;12家庭用エアコンの月別出荷台数・金額&amp;9
 &amp;R&amp;"Meiryo UI,標準"
 （単位：台＝千台、数金額＝百万円）</oddHeader>
     <oddFooter>&amp;R&amp;"Meiryo UI,標準"No.&amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>