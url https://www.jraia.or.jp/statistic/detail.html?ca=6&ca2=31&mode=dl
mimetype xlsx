--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -1,90 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\New-cabinet\総務部\4002 ホームページ統計更新\月次公表\過去データ\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2ADF09E7-0F9E-45EB-89B4-723FCBE18C68}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6FD6ABE6-DF46-4A39-9D7C-3F97CF771DAF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="過去データ" sheetId="7" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">過去データ!$A$2:$AC$32</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">過去データ!$A:$A,過去データ!$4:$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E31" i="7" l="1"/>
-  <c r="B31" i="7"/>
+  <c r="B31" i="7" l="1"/>
   <c r="C31" i="7" s="1"/>
   <c r="D31" i="7"/>
+  <c r="E31" i="7" s="1"/>
   <c r="D30" i="7"/>
   <c r="B30" i="7"/>
   <c r="B29" i="7"/>
   <c r="B21" i="7"/>
   <c r="D21" i="7"/>
   <c r="D20" i="7"/>
   <c r="D22" i="7"/>
   <c r="D29" i="7"/>
   <c r="B28" i="7"/>
   <c r="D28" i="7"/>
   <c r="B27" i="7"/>
   <c r="D27" i="7"/>
   <c r="D26" i="7"/>
   <c r="B26" i="7"/>
   <c r="D25" i="7"/>
   <c r="B25" i="7"/>
   <c r="B24" i="7"/>
   <c r="C24" i="7" s="1"/>
   <c r="D24" i="7"/>
   <c r="D23" i="7"/>
   <c r="B23" i="7"/>
   <c r="G22" i="7"/>
   <c r="B22" i="7"/>
   <c r="C23" i="7" s="1"/>
   <c r="B20" i="7"/>
@@ -1359,55 +1359,55 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:AE32"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="5" ySplit="6" topLeftCell="M23" activePane="bottomRight" state="frozen"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <pane xSplit="5" ySplit="6" topLeftCell="R26" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="F1" sqref="F1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="Q34" sqref="Q34"/>
+      <selection pane="bottomRight" activeCell="V31" sqref="V31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="6.6328125" defaultRowHeight="12" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="9.36328125" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="9.36328125" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.90625" style="4" customWidth="1"/>
     <col min="4" max="4" width="9.36328125" style="3" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.453125" style="4" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.08984375" style="3" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="6.90625" style="4" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="8.08984375" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="6.90625" style="4" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.08984375" style="3" customWidth="1"/>
     <col min="11" max="11" width="6.90625" style="4" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="8.08984375" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="6.90625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="8.08984375" style="3" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="6.90625" style="4" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="8.08984375" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="6.90625" style="4" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="8.08984375" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="6.90625" style="4" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="8.08984375" style="3" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="6.90625" style="4" bestFit="1" customWidth="1"/>
@@ -5747,106 +5747,118 @@
       <c r="X30" s="19">
         <v>56281</v>
       </c>
       <c r="Y30" s="17">
         <v>107.51318101933217</v>
       </c>
       <c r="Z30" s="16">
         <v>54111</v>
       </c>
       <c r="AA30" s="17">
         <v>92.37427020383079</v>
       </c>
       <c r="AB30" s="16">
         <v>63642</v>
       </c>
       <c r="AC30" s="17">
         <v>100.30101968448093</v>
       </c>
     </row>
     <row r="31" spans="1:29" ht="22" customHeight="1">
       <c r="A31" s="11" t="s">
         <v>46</v>
       </c>
       <c r="B31" s="12">
         <f>SUM(X30,Z30,AB30,F31,H31,J31,L31,N31,P31,R31,T31,V31)</f>
-        <v>469605</v>
+        <v>654594</v>
       </c>
       <c r="C31" s="13">
         <f t="shared" ref="C31" si="18">B31/B30*100</f>
-        <v>70.635456636217725</v>
+        <v>98.460506385852597</v>
       </c>
       <c r="D31" s="14">
         <f>SUM(F31,H31,J31,L31,N31,P31,R31,T31,V31,X31,Z31,AB31)</f>
-        <v>295571</v>
+        <v>480560</v>
       </c>
       <c r="E31" s="15">
         <f>D31/D30*100</f>
-        <v>44.481147834566869</v>
+        <v>72.320560553570729</v>
       </c>
       <c r="F31" s="16">
         <v>50287</v>
       </c>
       <c r="G31" s="17">
         <v>96.555365680382494</v>
       </c>
       <c r="H31" s="16">
         <v>45978</v>
       </c>
       <c r="I31" s="18">
         <v>90.826123029512857</v>
       </c>
       <c r="J31" s="16">
         <v>50149</v>
       </c>
       <c r="K31" s="17">
         <v>98.018099016867652</v>
       </c>
       <c r="L31" s="16">
         <v>50881</v>
       </c>
       <c r="M31" s="17">
         <v>97.108557905183602</v>
       </c>
       <c r="N31" s="16">
         <v>42616</v>
       </c>
       <c r="O31" s="17">
         <v>90.357051988805026</v>
       </c>
       <c r="P31" s="16">
         <v>55660</v>
       </c>
       <c r="Q31" s="17">
         <v>100.691052498281</v>
       </c>
-      <c r="R31" s="16"/>
-[...4 lines deleted...]
-      <c r="W31" s="17"/>
+      <c r="R31" s="16">
+        <v>60728</v>
+      </c>
+      <c r="S31" s="17">
+        <v>103.129829328352</v>
+      </c>
+      <c r="T31" s="16">
+        <v>61017</v>
+      </c>
+      <c r="U31" s="17">
+        <v>99.816780905952982</v>
+      </c>
+      <c r="V31" s="16">
+        <v>63244</v>
+      </c>
+      <c r="W31" s="17">
+        <v>102.44597790520619</v>
+      </c>
       <c r="X31" s="19"/>
       <c r="Y31" s="17"/>
       <c r="Z31" s="16"/>
       <c r="AA31" s="17"/>
       <c r="AB31" s="16"/>
       <c r="AC31" s="17"/>
     </row>
     <row r="32" spans="1:29" ht="12" customHeight="1">
       <c r="B32" s="3" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="Z4:AA4"/>
     <mergeCell ref="AB4:AC4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="N4:O4"/>
     <mergeCell ref="P4:Q4"/>
     <mergeCell ref="R4:S4"/>
     <mergeCell ref="T4:U4"/>
     <mergeCell ref="V4:W4"/>
     <mergeCell ref="X4:Y4"/>
     <mergeCell ref="B4:C4"/>