--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\New-cabinet\総務部\4002 ホームページ統計更新\月次公表\過去データ\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6FD6ABE6-DF46-4A39-9D7C-3F97CF771DAF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8E79471E-A96B-4446-8BD7-47BA001A2453}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="過去データ" sheetId="7" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">過去データ!$A$2:$AC$32</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">過去データ!$A:$A,過去データ!$4:$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -1360,54 +1360,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:AE32"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <pane xSplit="5" ySplit="6" topLeftCell="R26" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="5" ySplit="6" topLeftCell="V26" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="F1" sqref="F1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="V31" sqref="V31"/>
+      <selection pane="bottomRight" activeCell="X31" sqref="X31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="6.6328125" defaultRowHeight="12" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="9.36328125" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="9.36328125" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.90625" style="4" customWidth="1"/>
     <col min="4" max="4" width="9.36328125" style="3" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.453125" style="4" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.08984375" style="3" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="6.90625" style="4" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="8.08984375" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="6.90625" style="4" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.08984375" style="3" customWidth="1"/>
     <col min="11" max="11" width="6.90625" style="4" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="8.08984375" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="6.90625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="8.08984375" style="3" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="6.90625" style="4" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="8.08984375" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="6.90625" style="4" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="8.08984375" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="6.90625" style="4" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="8.08984375" style="3" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="6.90625" style="4" bestFit="1" customWidth="1"/>
@@ -5755,55 +5755,55 @@
       </c>
       <c r="AA30" s="17">
         <v>92.37427020383079</v>
       </c>
       <c r="AB30" s="16">
         <v>63642</v>
       </c>
       <c r="AC30" s="17">
         <v>100.30101968448093</v>
       </c>
     </row>
     <row r="31" spans="1:29" ht="22" customHeight="1">
       <c r="A31" s="11" t="s">
         <v>46</v>
       </c>
       <c r="B31" s="12">
         <f>SUM(X30,Z30,AB30,F31,H31,J31,L31,N31,P31,R31,T31,V31)</f>
         <v>654594</v>
       </c>
       <c r="C31" s="13">
         <f t="shared" ref="C31" si="18">B31/B30*100</f>
         <v>98.460506385852597</v>
       </c>
       <c r="D31" s="14">
         <f>SUM(F31,H31,J31,L31,N31,P31,R31,T31,V31,X31,Z31,AB31)</f>
-        <v>480560</v>
+        <v>533345</v>
       </c>
       <c r="E31" s="15">
         <f>D31/D30*100</f>
-        <v>72.320560553570729</v>
+        <v>80.264294507333489</v>
       </c>
       <c r="F31" s="16">
         <v>50287</v>
       </c>
       <c r="G31" s="17">
         <v>96.555365680382494</v>
       </c>
       <c r="H31" s="16">
         <v>45978</v>
       </c>
       <c r="I31" s="18">
         <v>90.826123029512857</v>
       </c>
       <c r="J31" s="16">
         <v>50149</v>
       </c>
       <c r="K31" s="17">
         <v>98.018099016867652</v>
       </c>
       <c r="L31" s="16">
         <v>50881</v>
       </c>
       <c r="M31" s="17">
         <v>97.108557905183602</v>
       </c>
@@ -5815,52 +5815,56 @@
       </c>
       <c r="P31" s="16">
         <v>55660</v>
       </c>
       <c r="Q31" s="17">
         <v>100.691052498281</v>
       </c>
       <c r="R31" s="16">
         <v>60728</v>
       </c>
       <c r="S31" s="17">
         <v>103.129829328352</v>
       </c>
       <c r="T31" s="16">
         <v>61017</v>
       </c>
       <c r="U31" s="17">
         <v>99.816780905952982</v>
       </c>
       <c r="V31" s="16">
         <v>63244</v>
       </c>
       <c r="W31" s="17">
         <v>102.44597790520619</v>
       </c>
-      <c r="X31" s="19"/>
-      <c r="Y31" s="17"/>
+      <c r="X31" s="19">
+        <v>52785</v>
+      </c>
+      <c r="Y31" s="17">
+        <v>93.788312219043718</v>
+      </c>
       <c r="Z31" s="16"/>
       <c r="AA31" s="17"/>
       <c r="AB31" s="16"/>
       <c r="AC31" s="17"/>
     </row>
     <row r="32" spans="1:29" ht="12" customHeight="1">
       <c r="B32" s="3" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="Z4:AA4"/>
     <mergeCell ref="AB4:AC4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="N4:O4"/>
     <mergeCell ref="P4:Q4"/>
     <mergeCell ref="R4:S4"/>
     <mergeCell ref="T4:U4"/>
     <mergeCell ref="V4:W4"/>
     <mergeCell ref="X4:Y4"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="F4:G4"/>