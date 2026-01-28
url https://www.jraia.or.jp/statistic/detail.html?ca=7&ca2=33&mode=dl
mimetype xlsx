--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\New-cabinet\総務部\4002 ホームページ統計更新\月次公表\過去データ\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{480E0D45-DCD0-4FB8-A96B-A93C728080F7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{794D797F-80FC-4403-870E-D56BA21A981C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="過去データ" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">過去データ!$A$1:$CK$47</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -1392,63 +1392,65 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A3:CL53"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A2" zoomScale="115" zoomScaleNormal="90" zoomScaleSheetLayoutView="115" workbookViewId="0">
-      <pane xSplit="1" ySplit="4" topLeftCell="BZ8" activePane="bottomRight" state="frozen"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A2" zoomScale="130" zoomScaleNormal="90" zoomScaleSheetLayoutView="130" workbookViewId="0">
+      <pane xSplit="1" ySplit="4" topLeftCell="BZ6" activePane="bottomRight" state="frozen"/>
       <selection activeCell="A2" sqref="A2"/>
       <selection pane="topRight" activeCell="B2" sqref="B2"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="CB14" sqref="CB14"/>
+      <selection pane="bottomRight" activeCell="CA22" sqref="CA22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="6.6328125" defaultRowHeight="12" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="6.6328125" style="2"/>
     <col min="2" max="29" width="6.6328125" style="1"/>
-    <col min="30" max="84" width="6.6328125" style="2"/>
+    <col min="30" max="79" width="6.6328125" style="2"/>
+    <col min="80" max="80" width="6.7265625" style="2" customWidth="1"/>
+    <col min="81" max="84" width="6.6328125" style="2"/>
     <col min="85" max="86" width="11.453125" style="2" bestFit="1" customWidth="1"/>
     <col min="87" max="88" width="9.90625" style="2" bestFit="1" customWidth="1"/>
     <col min="89" max="89" width="8.6328125" style="2" bestFit="1" customWidth="1"/>
     <col min="90" max="16384" width="6.6328125" style="2"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:90" ht="12" customHeight="1">
       <c r="CC3" s="62" t="s">
         <v>26</v>
       </c>
       <c r="CF3" s="24" t="s">
         <v>17</v>
       </c>
       <c r="CG3" s="3" t="s">
         <v>18</v>
       </c>
       <c r="CH3" s="3"/>
       <c r="CI3" s="3"/>
       <c r="CJ3" s="3"/>
       <c r="CK3" s="3"/>
     </row>
     <row r="4" spans="1:90" s="3" customFormat="1" ht="13.5" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>0</v>
       </c>
@@ -4430,52 +4432,56 @@
       </c>
       <c r="BT15" s="16">
         <v>63.912999999999997</v>
       </c>
       <c r="BU15" s="13">
         <v>99.271535522350959</v>
       </c>
       <c r="BV15" s="16">
         <v>68</v>
       </c>
       <c r="BW15" s="13">
         <v>106.39463020042869</v>
       </c>
       <c r="BX15" s="16">
         <v>65.741</v>
       </c>
       <c r="BY15" s="13">
         <v>96.677941176470583</v>
       </c>
       <c r="BZ15" s="16">
         <v>68.396000000000001</v>
       </c>
       <c r="CA15" s="13">
         <v>104.03857562251868</v>
       </c>
-      <c r="CB15" s="16"/>
-      <c r="CC15" s="13"/>
+      <c r="CB15" s="16">
+        <v>71.003</v>
+      </c>
+      <c r="CC15" s="13">
+        <v>103.81162641090123</v>
+      </c>
       <c r="CD15" s="48"/>
       <c r="CG15" s="27">
         <v>1992</v>
       </c>
       <c r="CH15" s="35">
         <v>880376</v>
       </c>
       <c r="CI15" s="36" t="s">
         <v>25</v>
       </c>
       <c r="CJ15" s="37" t="s">
         <v>25</v>
       </c>
       <c r="CK15" s="38" t="s">
         <v>25</v>
       </c>
       <c r="CL15" s="39"/>
     </row>
     <row r="16" spans="1:90" s="3" customFormat="1" ht="13.5" customHeight="1">
       <c r="A16" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B16" s="12">
         <v>41.439</v>
       </c>
@@ -4688,52 +4694,56 @@
       </c>
       <c r="BT16" s="16">
         <v>67.602000000000004</v>
       </c>
       <c r="BU16" s="13">
         <v>105.79673855206735</v>
       </c>
       <c r="BV16" s="16">
         <v>76.524000000000001</v>
       </c>
       <c r="BW16" s="13">
         <v>113.19783438359812</v>
       </c>
       <c r="BX16" s="16">
         <v>69.171999999999997</v>
       </c>
       <c r="BY16" s="13">
         <v>90.392556583555489</v>
       </c>
       <c r="BZ16" s="16">
         <v>67.673000000000002</v>
       </c>
       <c r="CA16" s="13">
         <v>97.832938183079847</v>
       </c>
-      <c r="CB16" s="16"/>
-      <c r="CC16" s="13"/>
+      <c r="CB16" s="16">
+        <v>65.222999999999999</v>
+      </c>
+      <c r="CC16" s="13">
+        <v>96.37</v>
+      </c>
       <c r="CD16" s="48"/>
       <c r="CG16" s="27">
         <v>1993</v>
       </c>
       <c r="CH16" s="35">
         <v>740123</v>
       </c>
       <c r="CI16" s="36" t="s">
         <v>25</v>
       </c>
       <c r="CJ16" s="37" t="s">
         <v>25</v>
       </c>
       <c r="CK16" s="38" t="s">
         <v>25</v>
       </c>
       <c r="CL16" s="39"/>
     </row>
     <row r="17" spans="1:90" s="3" customFormat="1" ht="13.5" customHeight="1">
       <c r="A17" s="17" t="s">
         <v>16</v>
       </c>
       <c r="B17" s="18">
         <v>31.085000000000001</v>
       </c>
@@ -4946,52 +4956,56 @@
       </c>
       <c r="BT17" s="22">
         <v>65.641000000000005</v>
       </c>
       <c r="BU17" s="19">
         <v>106.37184203276671</v>
       </c>
       <c r="BV17" s="22">
         <v>67.727000000000004</v>
       </c>
       <c r="BW17" s="19">
         <v>103.17789186636401</v>
       </c>
       <c r="BX17" s="22">
         <v>64.903999999999996</v>
       </c>
       <c r="BY17" s="19">
         <v>95.831795295819987</v>
       </c>
       <c r="BZ17" s="22">
         <v>62.426000000000002</v>
       </c>
       <c r="CA17" s="19">
         <v>96.182053494391724</v>
       </c>
-      <c r="CB17" s="22"/>
-      <c r="CC17" s="19"/>
+      <c r="CB17" s="22">
+        <v>64.326999999999998</v>
+      </c>
+      <c r="CC17" s="19">
+        <v>103.04520552333965</v>
+      </c>
       <c r="CD17" s="48"/>
       <c r="CG17" s="27">
         <v>1994</v>
       </c>
       <c r="CH17" s="35">
         <v>772772</v>
       </c>
       <c r="CI17" s="36" t="s">
         <v>25</v>
       </c>
       <c r="CJ17" s="37" t="s">
         <v>25</v>
       </c>
       <c r="CK17" s="38" t="s">
         <v>25</v>
       </c>
       <c r="CL17" s="39"/>
     </row>
     <row r="18" spans="1:90" ht="13.5" customHeight="1">
       <c r="CF18" s="3"/>
       <c r="CG18" s="27">
         <v>1995</v>
       </c>
       <c r="CH18" s="35">
         <v>819257</v>