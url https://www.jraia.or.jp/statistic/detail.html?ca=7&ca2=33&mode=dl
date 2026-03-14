--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -1,91 +1,91 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\New-cabinet\総務部\4002 ホームページ統計更新\月次公表\過去データ\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{794D797F-80FC-4403-870E-D56BA21A981C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{14D6089F-5F64-4D12-A989-20D62FE7A686}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="過去データ" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">過去データ!$A$1:$CK$47</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">過去データ!$A$1:$CM$48</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="BK9" i="6" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="135" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="137" uniqueCount="27">
   <si>
     <r>
       <t>●</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <rFont val="Meiryo UI"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>PAC</t>
     </r>
     <phoneticPr fontId="9"/>
   </si>
   <si>
     <t>台数</t>
     <rPh sb="0" eb="2">
       <t>ダイスウ</t>
     </rPh>
     <phoneticPr fontId="9"/>
   </si>
   <si>
     <t>前年比</t>
@@ -1390,89 +1390,92 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A3:CL53"/>
+  <dimension ref="A3:CN53"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A2" zoomScale="130" zoomScaleNormal="90" zoomScaleSheetLayoutView="130" workbookViewId="0">
-      <pane xSplit="1" ySplit="4" topLeftCell="BZ6" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="4" topLeftCell="BU6" activePane="bottomRight" state="frozen"/>
       <selection activeCell="A2" sqref="A2"/>
       <selection pane="topRight" activeCell="B2" sqref="B2"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="CA22" sqref="CA22"/>
+      <selection pane="bottomRight" activeCell="CD11" sqref="CD11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="6.6328125" defaultRowHeight="12" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="6.6328125" style="2"/>
     <col min="2" max="29" width="6.6328125" style="1"/>
     <col min="30" max="79" width="6.6328125" style="2"/>
     <col min="80" max="80" width="6.7265625" style="2" customWidth="1"/>
-    <col min="81" max="84" width="6.6328125" style="2"/>
-[...3 lines deleted...]
-    <col min="90" max="16384" width="6.6328125" style="2"/>
+    <col min="81" max="81" width="6.6328125" style="2"/>
+    <col min="82" max="82" width="6.7265625" style="2" customWidth="1"/>
+    <col min="83" max="86" width="6.6328125" style="2"/>
+    <col min="87" max="88" width="11.453125" style="2" bestFit="1" customWidth="1"/>
+    <col min="89" max="90" width="9.90625" style="2" bestFit="1" customWidth="1"/>
+    <col min="91" max="91" width="8.6328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="92" max="16384" width="6.6328125" style="2"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:90" ht="12" customHeight="1">
-      <c r="CC3" s="62" t="s">
+    <row r="3" spans="1:92" ht="12" customHeight="1">
+      <c r="CC3" s="62"/>
+      <c r="CE3" s="62" t="s">
         <v>26</v>
       </c>
-      <c r="CF3" s="24" t="s">
+      <c r="CH3" s="24" t="s">
         <v>17</v>
       </c>
-      <c r="CG3" s="3" t="s">
+      <c r="CI3" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="CH3" s="3"/>
-      <c r="CI3" s="3"/>
       <c r="CJ3" s="3"/>
       <c r="CK3" s="3"/>
+      <c r="CL3" s="3"/>
+      <c r="CM3" s="3"/>
     </row>
-    <row r="4" spans="1:90" s="3" customFormat="1" ht="13.5" customHeight="1">
+    <row r="4" spans="1:92" s="3" customFormat="1" ht="13.5" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="50">
         <v>1986</v>
       </c>
       <c r="C4" s="51"/>
       <c r="D4" s="50">
         <v>1987</v>
       </c>
       <c r="E4" s="51"/>
       <c r="F4" s="50">
         <v>1988</v>
       </c>
       <c r="G4" s="51"/>
       <c r="H4" s="50">
         <v>1989</v>
       </c>
       <c r="I4" s="51"/>
       <c r="J4" s="52">
         <v>1990</v>
       </c>
       <c r="K4" s="51"/>
       <c r="L4" s="50">
         <v>1991</v>
@@ -1592,56 +1595,60 @@
       <c r="BQ4" s="67"/>
       <c r="BR4" s="66">
         <v>2020</v>
       </c>
       <c r="BS4" s="67"/>
       <c r="BT4" s="66">
         <v>2021</v>
       </c>
       <c r="BU4" s="67"/>
       <c r="BV4" s="66">
         <v>2022</v>
       </c>
       <c r="BW4" s="67"/>
       <c r="BX4" s="66">
         <v>2023</v>
       </c>
       <c r="BY4" s="67"/>
       <c r="BZ4" s="66">
         <v>2024</v>
       </c>
       <c r="CA4" s="67"/>
       <c r="CB4" s="66">
         <v>2025</v>
       </c>
       <c r="CC4" s="67"/>
-      <c r="CD4" s="27"/>
-      <c r="CK4" s="25" t="s">
+      <c r="CD4" s="66">
+        <v>2026</v>
+      </c>
+      <c r="CE4" s="67"/>
+      <c r="CF4" s="27"/>
+      <c r="CM4" s="25" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="5" spans="1:90" s="4" customFormat="1" ht="13.5" customHeight="1">
+    <row r="5" spans="1:92" s="4" customFormat="1" ht="13.5" customHeight="1">
       <c r="B5" s="53" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="54" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="53" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="54" t="s">
         <v>2</v>
       </c>
       <c r="F5" s="53" t="s">
         <v>1</v>
       </c>
       <c r="G5" s="54" t="s">
         <v>2</v>
       </c>
       <c r="H5" s="53" t="s">
         <v>1</v>
       </c>
       <c r="I5" s="54" t="s">
         <v>2</v>
       </c>
       <c r="J5" s="55" t="s">
@@ -1838,62 +1845,68 @@
       </c>
       <c r="BV5" s="58" t="s">
         <v>3</v>
       </c>
       <c r="BW5" s="57" t="s">
         <v>4</v>
       </c>
       <c r="BX5" s="58" t="s">
         <v>3</v>
       </c>
       <c r="BY5" s="57" t="s">
         <v>4</v>
       </c>
       <c r="BZ5" s="58" t="s">
         <v>3</v>
       </c>
       <c r="CA5" s="57" t="s">
         <v>4</v>
       </c>
       <c r="CB5" s="58" t="s">
         <v>3</v>
       </c>
       <c r="CC5" s="57" t="s">
         <v>4</v>
       </c>
-      <c r="CD5" s="47"/>
-[...2 lines deleted...]
-      <c r="CH5" s="68" t="s">
+      <c r="CD5" s="58" t="s">
+        <v>3</v>
+      </c>
+      <c r="CE5" s="57" t="s">
+        <v>4</v>
+      </c>
+      <c r="CF5" s="47"/>
+      <c r="CH5" s="3"/>
+      <c r="CI5" s="26"/>
+      <c r="CJ5" s="68" t="s">
         <v>20</v>
       </c>
-      <c r="CI5" s="69"/>
-[...2 lines deleted...]
-      <c r="CL5" s="3"/>
+      <c r="CK5" s="69"/>
+      <c r="CL5" s="69"/>
+      <c r="CM5" s="70"/>
+      <c r="CN5" s="3"/>
     </row>
-    <row r="6" spans="1:90" s="3" customFormat="1" ht="13.5" customHeight="1">
+    <row r="6" spans="1:92" s="3" customFormat="1" ht="13.5" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="6">
         <v>26.850999999999999</v>
       </c>
       <c r="C6" s="7">
         <v>116.936677989722</v>
       </c>
       <c r="D6" s="6">
         <v>26.178999999999998</v>
       </c>
       <c r="E6" s="7">
         <v>97.497299914342108</v>
       </c>
       <c r="F6" s="6">
         <v>35.216999999999999</v>
       </c>
       <c r="G6" s="7">
         <v>134.52385499828105</v>
       </c>
       <c r="H6" s="6">
         <v>37.831000000000003</v>
       </c>
       <c r="I6" s="7">
@@ -2093,67 +2106,73 @@
       </c>
       <c r="BV6" s="46">
         <v>56.65</v>
       </c>
       <c r="BW6" s="7">
         <v>94.980215947957873</v>
       </c>
       <c r="BX6" s="46">
         <v>53.012999999999998</v>
       </c>
       <c r="BY6" s="7">
         <v>93.579876434245364</v>
       </c>
       <c r="BZ6" s="46">
         <v>54.996000000000002</v>
       </c>
       <c r="CA6" s="7">
         <v>103.74059193028124</v>
       </c>
       <c r="CB6" s="46">
         <v>58.661999999999999</v>
       </c>
       <c r="CC6" s="7">
         <v>106.66593934104299</v>
       </c>
-      <c r="CD6" s="48"/>
-[...1 lines deleted...]
-      <c r="CH6" s="28" t="s">
+      <c r="CD6" s="46">
+        <v>57.747999999999998</v>
+      </c>
+      <c r="CE6" s="7">
+        <v>98.441921516484271</v>
+      </c>
+      <c r="CF6" s="48"/>
+      <c r="CI6" s="4"/>
+      <c r="CJ6" s="28" t="s">
         <v>21</v>
       </c>
-      <c r="CI6" s="71" t="s">
+      <c r="CK6" s="71" t="s">
         <v>22</v>
       </c>
-      <c r="CJ6" s="73" t="s">
+      <c r="CL6" s="73" t="s">
         <v>23</v>
       </c>
-      <c r="CK6" s="75" t="s">
+      <c r="CM6" s="75" t="s">
         <v>24</v>
       </c>
-      <c r="CL6" s="27"/>
+      <c r="CN6" s="27"/>
     </row>
-    <row r="7" spans="1:90" s="3" customFormat="1" ht="13.5" customHeight="1">
+    <row r="7" spans="1:92" s="3" customFormat="1" ht="13.5" customHeight="1">
       <c r="A7" s="11" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="12">
         <v>32.64</v>
       </c>
       <c r="C7" s="13">
         <v>113.32546350947852</v>
       </c>
       <c r="D7" s="12">
         <v>33.232999999999997</v>
       </c>
       <c r="E7" s="13">
         <v>101.81678921568627</v>
       </c>
       <c r="F7" s="12">
         <v>42.014000000000003</v>
       </c>
       <c r="G7" s="13">
         <v>126.42253182078056</v>
       </c>
       <c r="H7" s="12">
         <v>46.164999999999999</v>
       </c>
       <c r="I7" s="13">
@@ -2353,59 +2372,61 @@
       </c>
       <c r="BV7" s="16">
         <v>61.999000000000002</v>
       </c>
       <c r="BW7" s="45">
         <v>93.158733020795765</v>
       </c>
       <c r="BX7" s="16">
         <v>59.17</v>
       </c>
       <c r="BY7" s="45">
         <v>95.437023177793193</v>
       </c>
       <c r="BZ7" s="16">
         <v>62.005000000000003</v>
       </c>
       <c r="CA7" s="45">
         <v>104.79127936454285</v>
       </c>
       <c r="CB7" s="16">
         <v>64.97</v>
       </c>
       <c r="CC7" s="45">
         <v>104.78187242964276</v>
       </c>
-      <c r="CD7" s="49"/>
-[...5 lines deleted...]
-      <c r="CL7" s="27"/>
+      <c r="CD7" s="16"/>
+      <c r="CE7" s="45"/>
+      <c r="CF7" s="49"/>
+      <c r="CI7" s="4"/>
+      <c r="CJ7" s="28"/>
+      <c r="CK7" s="72"/>
+      <c r="CL7" s="74"/>
+      <c r="CM7" s="76"/>
+      <c r="CN7" s="27"/>
     </row>
-    <row r="8" spans="1:90" s="3" customFormat="1" ht="13.5" customHeight="1">
+    <row r="8" spans="1:92" s="3" customFormat="1" ht="13.5" customHeight="1">
       <c r="A8" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="12">
         <v>45.311</v>
       </c>
       <c r="C8" s="13">
         <v>123.26505073587421</v>
       </c>
       <c r="D8" s="12">
         <v>49.098999999999997</v>
       </c>
       <c r="E8" s="13">
         <v>108.36000088278786</v>
       </c>
       <c r="F8" s="12">
         <v>53.597999999999999</v>
       </c>
       <c r="G8" s="13">
         <v>109.16311941180066</v>
       </c>
       <c r="H8" s="12">
         <v>64.784000000000006</v>
       </c>
       <c r="I8" s="13">
@@ -2605,66 +2626,68 @@
       </c>
       <c r="BV8" s="16">
         <v>67.375</v>
       </c>
       <c r="BW8" s="13">
         <v>97.450027481269345</v>
       </c>
       <c r="BX8" s="16">
         <v>71.771000000000001</v>
       </c>
       <c r="BY8" s="13">
         <v>106.52467532467533</v>
       </c>
       <c r="BZ8" s="16">
         <v>67.728999999999999</v>
       </c>
       <c r="CA8" s="13">
         <v>94.368198854690604</v>
       </c>
       <c r="CB8" s="16">
         <v>80.319000000000003</v>
       </c>
       <c r="CC8" s="13">
         <v>118.6</v>
       </c>
-      <c r="CD8" s="48"/>
-[...3 lines deleted...]
-      <c r="CI8" s="31" t="s">
+      <c r="CD8" s="16"/>
+      <c r="CE8" s="13"/>
+      <c r="CF8" s="48"/>
+      <c r="CH8" s="4"/>
+      <c r="CI8" s="29"/>
+      <c r="CJ8" s="30"/>
+      <c r="CK8" s="31" t="s">
         <v>1</v>
       </c>
-      <c r="CJ8" s="32" t="s">
+      <c r="CL8" s="32" t="s">
         <v>1</v>
       </c>
-      <c r="CK8" s="33" t="s">
+      <c r="CM8" s="33" t="s">
         <v>1</v>
       </c>
-      <c r="CL8" s="27"/>
+      <c r="CN8" s="27"/>
     </row>
-    <row r="9" spans="1:90" s="3" customFormat="1" ht="13.5" customHeight="1">
+    <row r="9" spans="1:92" s="3" customFormat="1" ht="13.5" customHeight="1">
       <c r="A9" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="12">
         <v>46.332000000000001</v>
       </c>
       <c r="C9" s="13">
         <v>104.22224721628612</v>
       </c>
       <c r="D9" s="12">
         <v>47.622</v>
       </c>
       <c r="E9" s="13">
         <v>102.78425278425279</v>
       </c>
       <c r="F9" s="12">
         <v>57.831000000000003</v>
       </c>
       <c r="G9" s="13">
         <v>121.43757087060602</v>
       </c>
       <c r="H9" s="12">
         <v>61.851999999999997</v>
       </c>
       <c r="I9" s="13">
@@ -2865,70 +2888,72 @@
       </c>
       <c r="BV9" s="16">
         <v>57.378</v>
       </c>
       <c r="BW9" s="13">
         <v>90.147527848041591</v>
       </c>
       <c r="BX9" s="16">
         <v>53.405999999999999</v>
       </c>
       <c r="BY9" s="13">
         <v>93.077486144515319</v>
       </c>
       <c r="BZ9" s="16">
         <v>59.395000000000003</v>
       </c>
       <c r="CA9" s="13">
         <v>111.21409579448003</v>
       </c>
       <c r="CB9" s="16">
         <v>61.012</v>
       </c>
       <c r="CC9" s="13">
         <v>102.7224513847967</v>
       </c>
-      <c r="CD9" s="48"/>
-[...1 lines deleted...]
-      <c r="CG9" s="27">
+      <c r="CD9" s="16"/>
+      <c r="CE9" s="13"/>
+      <c r="CF9" s="48"/>
+      <c r="CH9" s="4"/>
+      <c r="CI9" s="27">
         <v>1986</v>
       </c>
-      <c r="CH9" s="35">
+      <c r="CJ9" s="35">
         <v>563023</v>
       </c>
-      <c r="CI9" s="36" t="s">
+      <c r="CK9" s="36" t="s">
         <v>25</v>
       </c>
-      <c r="CJ9" s="37" t="s">
+      <c r="CL9" s="37" t="s">
         <v>25</v>
       </c>
-      <c r="CK9" s="38" t="s">
+      <c r="CM9" s="38" t="s">
         <v>25</v>
       </c>
-      <c r="CL9" s="34"/>
+      <c r="CN9" s="34"/>
     </row>
-    <row r="10" spans="1:90" s="3" customFormat="1" ht="13.5" customHeight="1">
+    <row r="10" spans="1:92" s="3" customFormat="1" ht="13.5" customHeight="1">
       <c r="A10" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="12">
         <v>72.363</v>
       </c>
       <c r="C10" s="13">
         <v>105.15432457568008</v>
       </c>
       <c r="D10" s="12">
         <v>77.335999999999999</v>
       </c>
       <c r="E10" s="13">
         <v>106.87229661567375</v>
       </c>
       <c r="F10" s="12">
         <v>85.343000000000004</v>
       </c>
       <c r="G10" s="13">
         <v>110.35352229233474</v>
       </c>
       <c r="H10" s="12">
         <v>88.421000000000006</v>
       </c>
       <c r="I10" s="13">
@@ -3128,69 +3153,71 @@
       </c>
       <c r="BV10" s="16">
         <v>58.286000000000001</v>
       </c>
       <c r="BW10" s="13">
         <v>91.1145849617008</v>
       </c>
       <c r="BX10" s="16">
         <v>57.886000000000003</v>
       </c>
       <c r="BY10" s="13">
         <v>99.313728854270323</v>
       </c>
       <c r="BZ10" s="16">
         <v>67.061999999999998</v>
       </c>
       <c r="CA10" s="13">
         <v>115.8518467332343</v>
       </c>
       <c r="CB10" s="16">
         <v>69.495000000000005</v>
       </c>
       <c r="CC10" s="13">
         <v>103.62798604276639</v>
       </c>
-      <c r="CD10" s="48"/>
-      <c r="CG10" s="27">
+      <c r="CD10" s="16"/>
+      <c r="CE10" s="13"/>
+      <c r="CF10" s="48"/>
+      <c r="CI10" s="27">
         <v>1987</v>
       </c>
-      <c r="CH10" s="35">
+      <c r="CJ10" s="35">
         <v>646619</v>
       </c>
-      <c r="CI10" s="36" t="s">
+      <c r="CK10" s="36" t="s">
         <v>25</v>
       </c>
-      <c r="CJ10" s="37" t="s">
+      <c r="CL10" s="37" t="s">
         <v>25</v>
       </c>
-      <c r="CK10" s="38" t="s">
+      <c r="CM10" s="38" t="s">
         <v>25</v>
       </c>
-      <c r="CL10" s="39"/>
+      <c r="CN10" s="39"/>
     </row>
-    <row r="11" spans="1:90" s="3" customFormat="1" ht="13.5" customHeight="1">
+    <row r="11" spans="1:92" s="3" customFormat="1" ht="13.5" customHeight="1">
       <c r="A11" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="12">
         <v>83.236999999999995</v>
       </c>
       <c r="C11" s="13">
         <v>103.36918185882469</v>
       </c>
       <c r="D11" s="12">
         <v>91.361000000000004</v>
       </c>
       <c r="E11" s="13">
         <v>109.76008265554982</v>
       </c>
       <c r="F11" s="12">
         <v>107.459</v>
       </c>
       <c r="G11" s="13">
         <v>117.62020993640611</v>
       </c>
       <c r="H11" s="12">
         <v>108.199</v>
       </c>
       <c r="I11" s="13">
@@ -3390,69 +3417,71 @@
       </c>
       <c r="BV11" s="16">
         <v>79.326999999999998</v>
       </c>
       <c r="BW11" s="13">
         <v>89.422838462405593</v>
       </c>
       <c r="BX11" s="16">
         <v>84.006</v>
       </c>
       <c r="BY11" s="13">
         <v>105.8983700379442</v>
       </c>
       <c r="BZ11" s="16">
         <v>83.596999999999994</v>
       </c>
       <c r="CA11" s="13">
         <v>99.513130014522773</v>
       </c>
       <c r="CB11" s="16">
         <v>89.643000000000001</v>
       </c>
       <c r="CC11" s="13">
         <v>107.23231694917281</v>
       </c>
-      <c r="CD11" s="48"/>
-      <c r="CG11" s="27">
+      <c r="CD11" s="16"/>
+      <c r="CE11" s="13"/>
+      <c r="CF11" s="48"/>
+      <c r="CI11" s="27">
         <v>1988</v>
       </c>
-      <c r="CH11" s="35">
+      <c r="CJ11" s="35">
         <v>742413</v>
       </c>
-      <c r="CI11" s="36" t="s">
+      <c r="CK11" s="36" t="s">
         <v>25</v>
       </c>
-      <c r="CJ11" s="37" t="s">
+      <c r="CL11" s="37" t="s">
         <v>25</v>
       </c>
-      <c r="CK11" s="38" t="s">
+      <c r="CM11" s="38" t="s">
         <v>25</v>
       </c>
-      <c r="CL11" s="39"/>
+      <c r="CN11" s="39"/>
     </row>
-    <row r="12" spans="1:90" s="3" customFormat="1" ht="13.5" customHeight="1">
+    <row r="12" spans="1:92" s="3" customFormat="1" ht="13.5" customHeight="1">
       <c r="A12" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="12">
         <v>65.001000000000005</v>
       </c>
       <c r="C12" s="13">
         <v>97.309799694601637</v>
       </c>
       <c r="D12" s="12">
         <v>72.872</v>
       </c>
       <c r="E12" s="13">
         <v>112.10904447623882</v>
       </c>
       <c r="F12" s="12">
         <v>87.028000000000006</v>
       </c>
       <c r="G12" s="13">
         <v>119.42584257327917</v>
       </c>
       <c r="H12" s="12">
         <v>100.461</v>
       </c>
       <c r="I12" s="13">
@@ -3652,69 +3681,71 @@
       </c>
       <c r="BV12" s="16">
         <v>84.137</v>
       </c>
       <c r="BW12" s="13">
         <v>97.75756096994202</v>
       </c>
       <c r="BX12" s="16">
         <v>78.14</v>
       </c>
       <c r="BY12" s="13">
         <v>92.872339161130057</v>
       </c>
       <c r="BZ12" s="16">
         <v>88.53</v>
       </c>
       <c r="CA12" s="13">
         <v>113.29664704376761</v>
       </c>
       <c r="CB12" s="16">
         <v>96.662999999999997</v>
       </c>
       <c r="CC12" s="13">
         <v>109.1867163673331</v>
       </c>
-      <c r="CD12" s="48"/>
-      <c r="CG12" s="27">
+      <c r="CD12" s="16"/>
+      <c r="CE12" s="13"/>
+      <c r="CF12" s="48"/>
+      <c r="CI12" s="27">
         <v>1989</v>
       </c>
-      <c r="CH12" s="35">
+      <c r="CJ12" s="35">
         <v>832720</v>
       </c>
-      <c r="CI12" s="36" t="s">
+      <c r="CK12" s="36" t="s">
         <v>25</v>
       </c>
-      <c r="CJ12" s="37" t="s">
+      <c r="CL12" s="37" t="s">
         <v>25</v>
       </c>
-      <c r="CK12" s="38" t="s">
+      <c r="CM12" s="38" t="s">
         <v>25</v>
       </c>
-      <c r="CL12" s="39"/>
+      <c r="CN12" s="39"/>
     </row>
-    <row r="13" spans="1:90" s="3" customFormat="1" ht="13.5" customHeight="1">
+    <row r="13" spans="1:92" s="3" customFormat="1" ht="13.5" customHeight="1">
       <c r="A13" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="12">
         <v>39.469000000000001</v>
       </c>
       <c r="C13" s="13">
         <v>111.13958268802972</v>
       </c>
       <c r="D13" s="12">
         <v>44.462000000000003</v>
       </c>
       <c r="E13" s="13">
         <v>112.65043451822949</v>
       </c>
       <c r="F13" s="12">
         <v>53.460999999999999</v>
       </c>
       <c r="G13" s="13">
         <v>120.23975529665782</v>
       </c>
       <c r="H13" s="12">
         <v>66.378</v>
       </c>
       <c r="I13" s="13">
@@ -3914,69 +3945,71 @@
       </c>
       <c r="BV13" s="16">
         <v>73.522999999999996</v>
       </c>
       <c r="BW13" s="13">
         <v>107.71022560796952</v>
       </c>
       <c r="BX13" s="16">
         <v>75.587000000000003</v>
       </c>
       <c r="BY13" s="13">
         <v>102.80728479523415</v>
       </c>
       <c r="BZ13" s="16">
         <v>75.192999999999998</v>
       </c>
       <c r="CA13" s="13">
         <v>99.478746345271006</v>
       </c>
       <c r="CB13" s="16">
         <v>71.268000000000001</v>
       </c>
       <c r="CC13" s="13">
         <v>94.8</v>
       </c>
-      <c r="CD13" s="48"/>
-      <c r="CG13" s="27">
+      <c r="CD13" s="16"/>
+      <c r="CE13" s="13"/>
+      <c r="CF13" s="48"/>
+      <c r="CI13" s="27">
         <v>1990</v>
       </c>
-      <c r="CH13" s="35">
+      <c r="CJ13" s="35">
         <v>1002068</v>
       </c>
-      <c r="CI13" s="36" t="s">
+      <c r="CK13" s="36" t="s">
         <v>25</v>
       </c>
-      <c r="CJ13" s="37" t="s">
+      <c r="CL13" s="37" t="s">
         <v>25</v>
       </c>
-      <c r="CK13" s="38" t="s">
+      <c r="CM13" s="38" t="s">
         <v>25</v>
       </c>
-      <c r="CL13" s="39"/>
+      <c r="CN13" s="39"/>
     </row>
-    <row r="14" spans="1:90" s="3" customFormat="1" ht="13.5" customHeight="1">
+    <row r="14" spans="1:92" s="3" customFormat="1" ht="13.5" customHeight="1">
       <c r="A14" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="12">
         <v>35.829000000000001</v>
       </c>
       <c r="C14" s="13">
         <v>112.82947567312233</v>
       </c>
       <c r="D14" s="12">
         <v>45.253999999999998</v>
       </c>
       <c r="E14" s="13">
         <v>126.30550671243965</v>
       </c>
       <c r="F14" s="12">
         <v>48.607999999999997</v>
       </c>
       <c r="G14" s="13">
         <v>107.41149953595261</v>
       </c>
       <c r="H14" s="12">
         <v>58.151000000000003</v>
       </c>
       <c r="I14" s="13">
@@ -4176,69 +4209,71 @@
       </c>
       <c r="BV14" s="16">
         <v>74.372</v>
       </c>
       <c r="BW14" s="13">
         <v>114.54710675065843</v>
       </c>
       <c r="BX14" s="16">
         <v>72.623000000000005</v>
       </c>
       <c r="BY14" s="13">
         <v>97.648308503200127</v>
       </c>
       <c r="BZ14" s="16">
         <v>74.510999999999996</v>
       </c>
       <c r="CA14" s="13">
         <v>102.5997273591011</v>
       </c>
       <c r="CB14" s="16">
         <v>75.256</v>
       </c>
       <c r="CC14" s="13">
         <v>100.9998523707909</v>
       </c>
-      <c r="CD14" s="48"/>
-      <c r="CG14" s="27">
+      <c r="CD14" s="16"/>
+      <c r="CE14" s="13"/>
+      <c r="CF14" s="48"/>
+      <c r="CI14" s="27">
         <v>1991</v>
       </c>
-      <c r="CH14" s="35">
+      <c r="CJ14" s="35">
         <v>1054881</v>
       </c>
-      <c r="CI14" s="36" t="s">
+      <c r="CK14" s="36" t="s">
         <v>25</v>
       </c>
-      <c r="CJ14" s="37" t="s">
+      <c r="CL14" s="37" t="s">
         <v>25</v>
       </c>
-      <c r="CK14" s="38" t="s">
+      <c r="CM14" s="38" t="s">
         <v>25</v>
       </c>
-      <c r="CL14" s="39"/>
+      <c r="CN14" s="39"/>
     </row>
-    <row r="15" spans="1:90" s="3" customFormat="1" ht="13.5" customHeight="1">
+    <row r="15" spans="1:92" s="3" customFormat="1" ht="13.5" customHeight="1">
       <c r="A15" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B15" s="12">
         <v>39.756999999999998</v>
       </c>
       <c r="C15" s="13">
         <v>99.243634548177724</v>
       </c>
       <c r="D15" s="12">
         <v>46.188000000000002</v>
       </c>
       <c r="E15" s="13">
         <v>116.17576778932013</v>
       </c>
       <c r="F15" s="12">
         <v>51.112000000000002</v>
       </c>
       <c r="G15" s="13">
         <v>110.6607776911752</v>
       </c>
       <c r="H15" s="12">
         <v>61.274000000000001</v>
       </c>
       <c r="I15" s="13">
@@ -4438,69 +4473,71 @@
       </c>
       <c r="BV15" s="16">
         <v>68</v>
       </c>
       <c r="BW15" s="13">
         <v>106.39463020042869</v>
       </c>
       <c r="BX15" s="16">
         <v>65.741</v>
       </c>
       <c r="BY15" s="13">
         <v>96.677941176470583</v>
       </c>
       <c r="BZ15" s="16">
         <v>68.396000000000001</v>
       </c>
       <c r="CA15" s="13">
         <v>104.03857562251868</v>
       </c>
       <c r="CB15" s="16">
         <v>71.003</v>
       </c>
       <c r="CC15" s="13">
         <v>103.81162641090123</v>
       </c>
-      <c r="CD15" s="48"/>
-      <c r="CG15" s="27">
+      <c r="CD15" s="16"/>
+      <c r="CE15" s="13"/>
+      <c r="CF15" s="48"/>
+      <c r="CI15" s="27">
         <v>1992</v>
       </c>
-      <c r="CH15" s="35">
+      <c r="CJ15" s="35">
         <v>880376</v>
       </c>
-      <c r="CI15" s="36" t="s">
+      <c r="CK15" s="36" t="s">
         <v>25</v>
       </c>
-      <c r="CJ15" s="37" t="s">
+      <c r="CL15" s="37" t="s">
         <v>25</v>
       </c>
-      <c r="CK15" s="38" t="s">
+      <c r="CM15" s="38" t="s">
         <v>25</v>
       </c>
-      <c r="CL15" s="39"/>
+      <c r="CN15" s="39"/>
     </row>
-    <row r="16" spans="1:90" s="3" customFormat="1" ht="13.5" customHeight="1">
+    <row r="16" spans="1:92" s="3" customFormat="1" ht="13.5" customHeight="1">
       <c r="A16" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B16" s="12">
         <v>41.439</v>
       </c>
       <c r="C16" s="13">
         <v>105.53404981408852</v>
       </c>
       <c r="D16" s="12">
         <v>49.277999999999999</v>
       </c>
       <c r="E16" s="13">
         <v>118.91696228190835</v>
       </c>
       <c r="F16" s="12">
         <v>57.034999999999997</v>
       </c>
       <c r="G16" s="13">
         <v>115.74130443605665</v>
       </c>
       <c r="H16" s="12">
         <v>63.954999999999998</v>
       </c>
       <c r="I16" s="13">
@@ -4700,69 +4737,71 @@
       </c>
       <c r="BV16" s="16">
         <v>76.524000000000001</v>
       </c>
       <c r="BW16" s="13">
         <v>113.19783438359812</v>
       </c>
       <c r="BX16" s="16">
         <v>69.171999999999997</v>
       </c>
       <c r="BY16" s="13">
         <v>90.392556583555489</v>
       </c>
       <c r="BZ16" s="16">
         <v>67.673000000000002</v>
       </c>
       <c r="CA16" s="13">
         <v>97.832938183079847</v>
       </c>
       <c r="CB16" s="16">
         <v>65.222999999999999</v>
       </c>
       <c r="CC16" s="13">
         <v>96.37</v>
       </c>
-      <c r="CD16" s="48"/>
-      <c r="CG16" s="27">
+      <c r="CD16" s="16"/>
+      <c r="CE16" s="13"/>
+      <c r="CF16" s="48"/>
+      <c r="CI16" s="27">
         <v>1993</v>
       </c>
-      <c r="CH16" s="35">
+      <c r="CJ16" s="35">
         <v>740123</v>
       </c>
-      <c r="CI16" s="36" t="s">
+      <c r="CK16" s="36" t="s">
         <v>25</v>
       </c>
-      <c r="CJ16" s="37" t="s">
+      <c r="CL16" s="37" t="s">
         <v>25</v>
       </c>
-      <c r="CK16" s="38" t="s">
+      <c r="CM16" s="38" t="s">
         <v>25</v>
       </c>
-      <c r="CL16" s="39"/>
+      <c r="CN16" s="39"/>
     </row>
-    <row r="17" spans="1:90" s="3" customFormat="1" ht="13.5" customHeight="1">
+    <row r="17" spans="1:92" s="3" customFormat="1" ht="13.5" customHeight="1">
       <c r="A17" s="17" t="s">
         <v>16</v>
       </c>
       <c r="B17" s="18">
         <v>31.085000000000001</v>
       </c>
       <c r="C17" s="19">
         <v>101.31347369793365</v>
       </c>
       <c r="D17" s="18">
         <v>41.417000000000002</v>
       </c>
       <c r="E17" s="19">
         <v>133.23789609136239</v>
       </c>
       <c r="F17" s="18">
         <v>45.756</v>
       </c>
       <c r="G17" s="19">
         <v>110.47637443561823</v>
       </c>
       <c r="H17" s="18">
         <v>51.527999999999999</v>
       </c>
       <c r="I17" s="19">
@@ -4962,671 +5001,674 @@
       </c>
       <c r="BV17" s="22">
         <v>67.727000000000004</v>
       </c>
       <c r="BW17" s="19">
         <v>103.17789186636401</v>
       </c>
       <c r="BX17" s="22">
         <v>64.903999999999996</v>
       </c>
       <c r="BY17" s="19">
         <v>95.831795295819987</v>
       </c>
       <c r="BZ17" s="22">
         <v>62.426000000000002</v>
       </c>
       <c r="CA17" s="19">
         <v>96.182053494391724</v>
       </c>
       <c r="CB17" s="22">
         <v>64.326999999999998</v>
       </c>
       <c r="CC17" s="19">
         <v>103.04520552333965</v>
       </c>
-      <c r="CD17" s="48"/>
-      <c r="CG17" s="27">
+      <c r="CD17" s="22"/>
+      <c r="CE17" s="19"/>
+      <c r="CF17" s="48"/>
+      <c r="CI17" s="27">
         <v>1994</v>
       </c>
-      <c r="CH17" s="35">
+      <c r="CJ17" s="35">
         <v>772772</v>
       </c>
-      <c r="CI17" s="36" t="s">
+      <c r="CK17" s="36" t="s">
         <v>25</v>
       </c>
-      <c r="CJ17" s="37" t="s">
+      <c r="CL17" s="37" t="s">
         <v>25</v>
       </c>
-      <c r="CK17" s="38" t="s">
+      <c r="CM17" s="38" t="s">
         <v>25</v>
       </c>
-      <c r="CL17" s="39"/>
+      <c r="CN17" s="39"/>
     </row>
-    <row r="18" spans="1:90" ht="13.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="CG18" s="27">
+    <row r="18" spans="1:92" ht="13.5" customHeight="1">
+      <c r="CH18" s="3"/>
+      <c r="CI18" s="27">
         <v>1995</v>
       </c>
-      <c r="CH18" s="35">
+      <c r="CJ18" s="35">
         <v>819257</v>
       </c>
-      <c r="CI18" s="36" t="s">
+      <c r="CK18" s="36" t="s">
         <v>25</v>
       </c>
-      <c r="CJ18" s="37" t="s">
+      <c r="CL18" s="37" t="s">
         <v>25</v>
       </c>
-      <c r="CK18" s="38" t="s">
+      <c r="CM18" s="38" t="s">
         <v>25</v>
       </c>
-      <c r="CL18" s="39"/>
+      <c r="CN18" s="39"/>
     </row>
-    <row r="19" spans="1:90" ht="13.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="CG19" s="27">
+    <row r="19" spans="1:92" ht="13.5" customHeight="1">
+      <c r="CH19" s="3"/>
+      <c r="CI19" s="27">
         <v>1996</v>
       </c>
-      <c r="CH19" s="35">
+      <c r="CJ19" s="35">
         <v>843411</v>
       </c>
-      <c r="CI19" s="40">
+      <c r="CK19" s="40">
         <v>708931</v>
       </c>
-      <c r="CJ19" s="41">
+      <c r="CL19" s="41">
         <v>67338</v>
       </c>
-      <c r="CK19" s="42">
+      <c r="CM19" s="42">
         <v>67142</v>
       </c>
-      <c r="CL19" s="39"/>
+      <c r="CN19" s="39"/>
     </row>
-    <row r="20" spans="1:90" ht="13.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="CG20" s="27">
+    <row r="20" spans="1:92" ht="13.5" customHeight="1">
+      <c r="CH20" s="3"/>
+      <c r="CI20" s="27">
         <v>1997</v>
       </c>
-      <c r="CH20" s="35">
+      <c r="CJ20" s="35">
         <v>734374</v>
       </c>
-      <c r="CI20" s="40">
+      <c r="CK20" s="40">
         <v>608393</v>
       </c>
-      <c r="CJ20" s="41">
+      <c r="CL20" s="41">
         <v>66470</v>
       </c>
-      <c r="CK20" s="42">
+      <c r="CM20" s="42">
         <v>59511</v>
       </c>
-      <c r="CL20" s="39"/>
+      <c r="CN20" s="39"/>
     </row>
-    <row r="21" spans="1:90" ht="13.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="CG21" s="27">
+    <row r="21" spans="1:92" ht="13.5" customHeight="1">
+      <c r="CH21" s="3"/>
+      <c r="CI21" s="27">
         <v>1998</v>
       </c>
-      <c r="CH21" s="35">
+      <c r="CJ21" s="35">
         <v>654495</v>
       </c>
-      <c r="CI21" s="40">
+      <c r="CK21" s="40">
         <v>541317</v>
       </c>
-      <c r="CJ21" s="41">
+      <c r="CL21" s="41">
         <v>62768</v>
       </c>
-      <c r="CK21" s="42">
+      <c r="CM21" s="42">
         <v>50410</v>
       </c>
-      <c r="CL21" s="39"/>
+      <c r="CN21" s="39"/>
     </row>
-    <row r="22" spans="1:90" ht="13.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="CG22" s="27">
+    <row r="22" spans="1:92" ht="13.5" customHeight="1">
+      <c r="CH22" s="3"/>
+      <c r="CI22" s="27">
         <v>1999</v>
       </c>
-      <c r="CH22" s="35">
+      <c r="CJ22" s="35">
         <v>633637</v>
       </c>
-      <c r="CI22" s="40">
+      <c r="CK22" s="40">
         <v>530256</v>
       </c>
-      <c r="CJ22" s="41">
+      <c r="CL22" s="41">
         <v>61012</v>
       </c>
-      <c r="CK22" s="42">
+      <c r="CM22" s="42">
         <v>42369</v>
       </c>
-      <c r="CL22" s="39"/>
+      <c r="CN22" s="39"/>
     </row>
-    <row r="23" spans="1:90" ht="13.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="CG23" s="27">
+    <row r="23" spans="1:92" ht="13.5" customHeight="1">
+      <c r="CH23" s="3"/>
+      <c r="CI23" s="27">
         <v>2000</v>
       </c>
-      <c r="CH23" s="35">
+      <c r="CJ23" s="35">
         <v>708306</v>
       </c>
-      <c r="CI23" s="40">
+      <c r="CK23" s="40">
         <v>590783</v>
       </c>
-      <c r="CJ23" s="41">
+      <c r="CL23" s="41">
         <v>67505</v>
       </c>
-      <c r="CK23" s="42">
+      <c r="CM23" s="42">
         <v>50018</v>
       </c>
-      <c r="CL23" s="39"/>
+      <c r="CN23" s="39"/>
     </row>
-    <row r="24" spans="1:90" ht="13.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="CG24" s="27">
+    <row r="24" spans="1:92" ht="13.5" customHeight="1">
+      <c r="CH24" s="3"/>
+      <c r="CI24" s="27">
         <v>2001</v>
       </c>
-      <c r="CH24" s="35">
+      <c r="CJ24" s="35">
         <v>725349</v>
       </c>
-      <c r="CI24" s="40">
+      <c r="CK24" s="40">
         <v>603606</v>
       </c>
-      <c r="CJ24" s="41">
+      <c r="CL24" s="41">
         <v>68156</v>
       </c>
-      <c r="CK24" s="42">
+      <c r="CM24" s="42">
         <v>53587</v>
       </c>
-      <c r="CL24" s="39"/>
+      <c r="CN24" s="39"/>
     </row>
-    <row r="25" spans="1:90" ht="13.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="CG25" s="27">
+    <row r="25" spans="1:92" ht="13.5" customHeight="1">
+      <c r="CH25" s="3"/>
+      <c r="CI25" s="27">
         <v>2002</v>
       </c>
-      <c r="CH25" s="35">
+      <c r="CJ25" s="35">
         <v>648201</v>
       </c>
-      <c r="CI25" s="40">
+      <c r="CK25" s="40">
         <v>528318</v>
       </c>
-      <c r="CJ25" s="41">
+      <c r="CL25" s="41">
         <v>75026</v>
       </c>
-      <c r="CK25" s="42">
+      <c r="CM25" s="42">
         <v>44857</v>
       </c>
-      <c r="CL25" s="39"/>
+      <c r="CN25" s="39"/>
     </row>
-    <row r="26" spans="1:90" ht="13.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="CG26" s="27">
+    <row r="26" spans="1:92" ht="13.5" customHeight="1">
+      <c r="CH26" s="3"/>
+      <c r="CI26" s="27">
         <v>2003</v>
       </c>
-      <c r="CH26" s="35">
+      <c r="CJ26" s="35">
         <v>684871</v>
       </c>
-      <c r="CI26" s="40">
+      <c r="CK26" s="40">
         <v>554536</v>
       </c>
-      <c r="CJ26" s="41">
+      <c r="CL26" s="41">
         <v>80524</v>
       </c>
-      <c r="CK26" s="42">
+      <c r="CM26" s="42">
         <v>49811</v>
       </c>
-      <c r="CL26" s="39"/>
+      <c r="CN26" s="39"/>
     </row>
-    <row r="27" spans="1:90" ht="13.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="CG27" s="27">
+    <row r="27" spans="1:92" ht="13.5" customHeight="1">
+      <c r="CH27" s="3"/>
+      <c r="CI27" s="27">
         <v>2004</v>
       </c>
-      <c r="CH27" s="35">
+      <c r="CJ27" s="35">
         <v>758554</v>
       </c>
-      <c r="CI27" s="40">
+      <c r="CK27" s="40">
         <v>617577</v>
       </c>
-      <c r="CJ27" s="41">
+      <c r="CL27" s="41">
         <v>87225</v>
       </c>
-      <c r="CK27" s="42">
+      <c r="CM27" s="42">
         <v>53752</v>
       </c>
-      <c r="CL27" s="39"/>
+      <c r="CN27" s="39"/>
     </row>
-    <row r="28" spans="1:90" ht="13.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="CG28" s="27">
+    <row r="28" spans="1:92" ht="13.5" customHeight="1">
+      <c r="CH28" s="3"/>
+      <c r="CI28" s="27">
         <v>2005</v>
       </c>
-      <c r="CH28" s="35">
+      <c r="CJ28" s="35">
         <v>807954</v>
       </c>
-      <c r="CI28" s="40">
+      <c r="CK28" s="40">
         <v>652821</v>
       </c>
-      <c r="CJ28" s="41">
+      <c r="CL28" s="41">
         <v>97311</v>
       </c>
-      <c r="CK28" s="42">
+      <c r="CM28" s="42">
         <v>57822</v>
       </c>
-      <c r="CL28" s="39"/>
+      <c r="CN28" s="39"/>
     </row>
-    <row r="29" spans="1:90" ht="13.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="CG29" s="27">
+    <row r="29" spans="1:92" ht="13.5" customHeight="1">
+      <c r="CH29" s="3"/>
+      <c r="CI29" s="27">
         <v>2006</v>
       </c>
-      <c r="CH29" s="35">
+      <c r="CJ29" s="35">
         <v>782299</v>
       </c>
-      <c r="CI29" s="40">
+      <c r="CK29" s="40">
         <v>624676</v>
       </c>
-      <c r="CJ29" s="41">
+      <c r="CL29" s="41">
         <v>106157</v>
       </c>
-      <c r="CK29" s="42">
+      <c r="CM29" s="42">
         <v>51466</v>
       </c>
-      <c r="CL29" s="39"/>
+      <c r="CN29" s="39"/>
     </row>
-    <row r="30" spans="1:90" ht="13.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="CG30" s="27">
+    <row r="30" spans="1:92" ht="13.5" customHeight="1">
+      <c r="CH30" s="3"/>
+      <c r="CI30" s="27">
         <v>2007</v>
       </c>
-      <c r="CH30" s="35">
+      <c r="CJ30" s="35">
         <v>756975</v>
       </c>
-      <c r="CI30" s="40">
+      <c r="CK30" s="40">
         <v>601069</v>
       </c>
-      <c r="CJ30" s="41">
+      <c r="CL30" s="41">
         <v>108813</v>
       </c>
-      <c r="CK30" s="42">
+      <c r="CM30" s="42">
         <v>47093</v>
       </c>
-      <c r="CL30" s="39"/>
+      <c r="CN30" s="39"/>
     </row>
-    <row r="31" spans="1:90" ht="13.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="CG31" s="27">
+    <row r="31" spans="1:92" ht="13.5" customHeight="1">
+      <c r="CH31" s="3"/>
+      <c r="CI31" s="27">
         <v>2008</v>
       </c>
-      <c r="CH31" s="35">
+      <c r="CJ31" s="35">
         <v>724946</v>
       </c>
-      <c r="CI31" s="40">
+      <c r="CK31" s="40">
         <v>571512</v>
       </c>
-      <c r="CJ31" s="41">
+      <c r="CL31" s="41">
         <v>109021</v>
       </c>
-      <c r="CK31" s="42">
+      <c r="CM31" s="42">
         <v>44413</v>
       </c>
-      <c r="CL31" s="39"/>
+      <c r="CN31" s="39"/>
     </row>
-    <row r="32" spans="1:90" ht="13.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="CG32" s="27">
+    <row r="32" spans="1:92" ht="13.5" customHeight="1">
+      <c r="CH32" s="3"/>
+      <c r="CI32" s="27">
         <v>2009</v>
       </c>
-      <c r="CH32" s="35">
+      <c r="CJ32" s="35">
         <v>601629</v>
       </c>
-      <c r="CI32" s="40">
+      <c r="CK32" s="40">
         <v>476943</v>
       </c>
-      <c r="CJ32" s="41">
+      <c r="CL32" s="41">
         <v>91625</v>
       </c>
-      <c r="CK32" s="42">
+      <c r="CM32" s="42">
         <v>33061</v>
       </c>
-      <c r="CL32" s="39"/>
+      <c r="CN32" s="39"/>
     </row>
-    <row r="33" spans="84:90" ht="13.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="CG33" s="27">
+    <row r="33" spans="86:92" ht="13.5" customHeight="1">
+      <c r="CH33" s="3"/>
+      <c r="CI33" s="27">
         <v>2010</v>
       </c>
-      <c r="CH33" s="35">
+      <c r="CJ33" s="35">
         <v>722566</v>
       </c>
-      <c r="CI33" s="40">
+      <c r="CK33" s="40">
         <v>577607</v>
       </c>
-      <c r="CJ33" s="41">
+      <c r="CL33" s="41">
         <v>103673</v>
       </c>
-      <c r="CK33" s="42">
+      <c r="CM33" s="42">
         <v>41286</v>
       </c>
-      <c r="CL33" s="39"/>
+      <c r="CN33" s="39"/>
     </row>
-    <row r="34" spans="84:90" ht="13.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="CG34" s="27">
+    <row r="34" spans="86:92" ht="13.5" customHeight="1">
+      <c r="CH34" s="3"/>
+      <c r="CI34" s="27">
         <v>2011</v>
       </c>
-      <c r="CH34" s="35">
+      <c r="CJ34" s="35">
         <v>778255</v>
       </c>
-      <c r="CI34" s="40">
+      <c r="CK34" s="40">
         <v>615729</v>
       </c>
-      <c r="CJ34" s="41">
+      <c r="CL34" s="41">
         <v>117914</v>
       </c>
-      <c r="CK34" s="42">
+      <c r="CM34" s="42">
         <v>44612</v>
       </c>
-      <c r="CL34" s="39"/>
+      <c r="CN34" s="39"/>
     </row>
-    <row r="35" spans="84:90" ht="13.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="CG35" s="27">
+    <row r="35" spans="86:92" ht="13.5" customHeight="1">
+      <c r="CH35" s="3"/>
+      <c r="CI35" s="27">
         <v>2012</v>
       </c>
-      <c r="CH35" s="35">
+      <c r="CJ35" s="35">
         <v>780281</v>
       </c>
-      <c r="CI35" s="40">
+      <c r="CK35" s="40">
         <v>611351</v>
       </c>
-      <c r="CJ35" s="41">
+      <c r="CL35" s="41">
         <v>124996</v>
       </c>
-      <c r="CK35" s="42">
+      <c r="CM35" s="42">
         <v>43934</v>
       </c>
-      <c r="CL35" s="39"/>
+      <c r="CN35" s="39"/>
     </row>
-    <row r="36" spans="84:90" ht="13.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="CG36" s="27">
+    <row r="36" spans="86:92" ht="13.5" customHeight="1">
+      <c r="CH36" s="3"/>
+      <c r="CI36" s="27">
         <v>2013</v>
       </c>
-      <c r="CH36" s="35">
+      <c r="CJ36" s="35">
         <v>834787</v>
       </c>
-      <c r="CI36" s="40">
+      <c r="CK36" s="40">
         <v>667975</v>
       </c>
-      <c r="CJ36" s="41">
+      <c r="CL36" s="41">
         <v>125815</v>
       </c>
-      <c r="CK36" s="42">
+      <c r="CM36" s="42">
         <v>40997</v>
       </c>
-      <c r="CL36" s="39"/>
+      <c r="CN36" s="39"/>
     </row>
-    <row r="37" spans="84:90" ht="13.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="CG37" s="27">
+    <row r="37" spans="86:92" ht="13.5" customHeight="1">
+      <c r="CH37" s="3"/>
+      <c r="CI37" s="27">
         <v>2014</v>
       </c>
-      <c r="CH37" s="35">
+      <c r="CJ37" s="35">
         <v>839881</v>
       </c>
-      <c r="CI37" s="40">
+      <c r="CK37" s="40">
         <v>662502</v>
       </c>
-      <c r="CJ37" s="41">
+      <c r="CL37" s="41">
         <v>133731</v>
       </c>
-      <c r="CK37" s="42">
+      <c r="CM37" s="42">
         <v>43648</v>
       </c>
-      <c r="CL37" s="39"/>
+      <c r="CN37" s="39"/>
     </row>
-    <row r="38" spans="84:90" ht="13.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="CG38" s="27">
+    <row r="38" spans="86:92" ht="13.5" customHeight="1">
+      <c r="CH38" s="3"/>
+      <c r="CI38" s="27">
         <v>2015</v>
       </c>
-      <c r="CH38" s="35">
+      <c r="CJ38" s="35">
         <v>773738</v>
       </c>
-      <c r="CI38" s="40">
+      <c r="CK38" s="40">
         <v>598747</v>
       </c>
-      <c r="CJ38" s="41">
+      <c r="CL38" s="41">
         <v>129028</v>
       </c>
-      <c r="CK38" s="42">
+      <c r="CM38" s="42">
         <v>45963</v>
       </c>
-      <c r="CL38" s="39"/>
+      <c r="CN38" s="39"/>
     </row>
-    <row r="39" spans="84:90" ht="13.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="CG39" s="27">
+    <row r="39" spans="86:92" ht="13.5" customHeight="1">
+      <c r="CH39" s="3"/>
+      <c r="CI39" s="27">
         <v>2016</v>
       </c>
-      <c r="CH39" s="35">
+      <c r="CJ39" s="35">
         <v>793945</v>
       </c>
-      <c r="CI39" s="40">
+      <c r="CK39" s="40">
         <v>612930</v>
       </c>
-      <c r="CJ39" s="41">
+      <c r="CL39" s="41">
         <v>130734</v>
       </c>
-      <c r="CK39" s="42">
+      <c r="CM39" s="42">
         <v>50281</v>
       </c>
-      <c r="CL39" s="39"/>
+      <c r="CN39" s="39"/>
     </row>
-    <row r="40" spans="84:90" ht="13.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="CG40" s="27">
+    <row r="40" spans="86:92" ht="13.5" customHeight="1">
+      <c r="CH40" s="3"/>
+      <c r="CI40" s="27">
         <v>2017</v>
       </c>
-      <c r="CH40" s="35">
+      <c r="CJ40" s="35">
         <v>827061</v>
       </c>
-      <c r="CI40" s="40">
+      <c r="CK40" s="40">
         <v>641422</v>
       </c>
-      <c r="CJ40" s="41">
+      <c r="CL40" s="41">
         <v>136703</v>
       </c>
-      <c r="CK40" s="42">
+      <c r="CM40" s="42">
         <v>48936</v>
       </c>
-      <c r="CL40" s="39"/>
+      <c r="CN40" s="39"/>
     </row>
-    <row r="41" spans="84:90" ht="13.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="CG41" s="27">
+    <row r="41" spans="86:92" ht="13.5" customHeight="1">
+      <c r="CH41" s="3"/>
+      <c r="CI41" s="27">
         <v>2018</v>
       </c>
-      <c r="CH41" s="35">
+      <c r="CJ41" s="35">
         <v>879692</v>
       </c>
-      <c r="CI41" s="40">
+      <c r="CK41" s="40">
         <v>678484</v>
       </c>
-      <c r="CJ41" s="41">
+      <c r="CL41" s="41">
         <v>146799</v>
       </c>
-      <c r="CK41" s="42">
+      <c r="CM41" s="42">
         <v>54409</v>
       </c>
-      <c r="CL41" s="39"/>
+      <c r="CN41" s="39"/>
     </row>
-    <row r="42" spans="84:90" ht="12.75" customHeight="1">
-      <c r="CG42" s="27">
+    <row r="42" spans="86:92" ht="12.75" customHeight="1">
+      <c r="CI42" s="27">
         <v>2019</v>
       </c>
-      <c r="CH42" s="35">
+      <c r="CJ42" s="35">
         <v>950622</v>
       </c>
-      <c r="CI42" s="40">
+      <c r="CK42" s="40">
         <v>737435</v>
       </c>
-      <c r="CJ42" s="41">
+      <c r="CL42" s="41">
         <v>157878</v>
       </c>
-      <c r="CK42" s="42">
+      <c r="CM42" s="42">
         <v>55309</v>
       </c>
-      <c r="CL42" s="3"/>
+      <c r="CN42" s="3"/>
     </row>
-    <row r="43" spans="84:90" ht="12.75" customHeight="1">
-      <c r="CG43" s="27">
+    <row r="43" spans="86:92" ht="12.75" customHeight="1">
+      <c r="CI43" s="27">
         <v>2020</v>
       </c>
-      <c r="CH43" s="35">
+      <c r="CJ43" s="35">
         <v>808772</v>
       </c>
-      <c r="CI43" s="40">
+      <c r="CK43" s="40">
         <v>622264</v>
       </c>
-      <c r="CJ43" s="41">
+      <c r="CL43" s="41">
         <v>140913</v>
       </c>
-      <c r="CK43" s="42">
+      <c r="CM43" s="42">
         <v>45595</v>
       </c>
-      <c r="CL43" s="3"/>
+      <c r="CN43" s="3"/>
     </row>
-    <row r="44" spans="84:90" ht="12.75" customHeight="1">
-      <c r="CG44" s="27">
+    <row r="44" spans="86:92" ht="12.75" customHeight="1">
+      <c r="CI44" s="27">
         <v>2021</v>
       </c>
-      <c r="CH44" s="65">
+      <c r="CJ44" s="65">
         <v>818763</v>
       </c>
-      <c r="CI44" s="63">
+      <c r="CK44" s="63">
         <v>629947</v>
       </c>
-      <c r="CJ44" s="41">
+      <c r="CL44" s="41">
         <v>144337</v>
       </c>
-      <c r="CK44" s="64">
+      <c r="CM44" s="64">
         <v>44479</v>
       </c>
-      <c r="CL44" s="3"/>
+      <c r="CN44" s="3"/>
     </row>
-    <row r="45" spans="84:90" ht="12.75" customHeight="1">
-      <c r="CG45" s="27">
+    <row r="45" spans="86:92" ht="12.75" customHeight="1">
+      <c r="CI45" s="27">
         <v>2022</v>
       </c>
-      <c r="CH45" s="65">
+      <c r="CJ45" s="65">
         <v>823228</v>
       </c>
-      <c r="CI45" s="63">
+      <c r="CK45" s="63">
         <v>630558</v>
       </c>
-      <c r="CJ45" s="41">
+      <c r="CL45" s="41">
         <v>146609</v>
       </c>
-      <c r="CK45" s="64">
+      <c r="CM45" s="64">
         <v>46061</v>
       </c>
-      <c r="CL45" s="3"/>
+      <c r="CN45" s="3"/>
     </row>
-    <row r="46" spans="84:90" ht="12.75" customHeight="1">
-      <c r="CG46" s="27">
+    <row r="46" spans="86:92" ht="12.75" customHeight="1">
+      <c r="CI46" s="27">
         <v>2023</v>
       </c>
-      <c r="CH46" s="65">
+      <c r="CJ46" s="65">
         <v>806195</v>
       </c>
-      <c r="CI46" s="63">
+      <c r="CK46" s="63">
         <v>613788</v>
       </c>
-      <c r="CJ46" s="41">
+      <c r="CL46" s="41">
         <v>146983</v>
       </c>
-      <c r="CK46" s="64">
+      <c r="CM46" s="64">
         <v>45424</v>
       </c>
-      <c r="CL46" s="3"/>
+      <c r="CN46" s="3"/>
     </row>
-    <row r="47" spans="84:90" ht="12.65" customHeight="1">
-      <c r="CG47" s="43">
+    <row r="47" spans="86:92" ht="12.65" customHeight="1">
+      <c r="CI47" s="43">
         <v>2024</v>
       </c>
-      <c r="CH47" s="60">
+      <c r="CJ47" s="60">
         <v>850734</v>
       </c>
-      <c r="CI47" s="59">
+      <c r="CK47" s="59">
         <v>642413</v>
       </c>
-      <c r="CJ47" s="44">
+      <c r="CL47" s="44">
         <v>161889</v>
       </c>
-      <c r="CK47" s="61">
+      <c r="CM47" s="61">
         <v>46432</v>
       </c>
     </row>
-    <row r="48" spans="84:90" ht="18.75" customHeight="1"/>
+    <row r="48" spans="86:92" ht="18.75" customHeight="1"/>
     <row r="49" ht="18.75" customHeight="1"/>
     <row r="50" ht="18.75" customHeight="1"/>
     <row r="51" ht="18.75" customHeight="1"/>
     <row r="52" ht="18.75" customHeight="1"/>
     <row r="53" ht="18.75" customHeight="1"/>
   </sheetData>
-  <mergeCells count="15">
+  <mergeCells count="16">
     <mergeCell ref="BL4:BM4"/>
     <mergeCell ref="BJ4:BK4"/>
     <mergeCell ref="BH4:BI4"/>
-    <mergeCell ref="CH5:CK5"/>
-[...1 lines deleted...]
-    <mergeCell ref="CJ6:CJ7"/>
+    <mergeCell ref="CJ5:CM5"/>
     <mergeCell ref="CK6:CK7"/>
+    <mergeCell ref="CL6:CL7"/>
+    <mergeCell ref="CM6:CM7"/>
     <mergeCell ref="BN4:BO4"/>
     <mergeCell ref="BP4:BQ4"/>
     <mergeCell ref="BR4:BS4"/>
     <mergeCell ref="BT4:BU4"/>
     <mergeCell ref="BV4:BW4"/>
     <mergeCell ref="BX4:BY4"/>
     <mergeCell ref="BZ4:CA4"/>
+    <mergeCell ref="CD4:CE4"/>
     <mergeCell ref="CB4:CC4"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.98425196850393704" right="0.59055118110236227" top="1.3779527559055118" bottom="0.59055118110236227" header="0.78740157480314965" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="76" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="72" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;C&amp;"Meiryo UI,太字"&amp;9
 &amp;R&amp;"Meiryo UI,標準"
 </oddHeader>
     <oddFooter>&amp;R&amp;"Meiryo UI,標準"No.&amp;P</oddFooter>
   </headerFooter>
   <colBreaks count="6" manualBreakCount="6">
-    <brk id="15" max="45" man="1"/>
-[...4 lines deleted...]
-    <brk id="82" max="46" man="1"/>
+    <brk id="15" max="47" man="1"/>
+    <brk id="29" max="47" man="1"/>
+    <brk id="43" max="47" man="1"/>
+    <brk id="55" max="47" man="1"/>
+    <brk id="65" max="47" man="1"/>
+    <brk id="83" max="47" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>