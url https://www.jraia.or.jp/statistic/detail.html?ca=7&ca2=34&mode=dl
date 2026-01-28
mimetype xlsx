--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\New-cabinet\総務部\4002 ホームページ統計更新\月次公表\過去データ\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{91486654-2C48-49A8-BE13-2413545D60A9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A50DFFDF-BF46-4EEF-BC48-911A05E3075A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="過去データ" sheetId="6" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="Y9" i="6" l="1"/>
 </calcChain>
@@ -1064,54 +1064,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A3:AX34"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="5" topLeftCell="AK10" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="5" topLeftCell="AK6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="AR12" sqref="AR12"/>
+      <selection pane="bottomRight" activeCell="AO21" sqref="AO21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="6.6328125" defaultRowHeight="12" customHeight="1"/>
   <cols>
     <col min="1" max="18" width="6.6328125" style="1"/>
     <col min="19" max="29" width="7.6328125" style="1" bestFit="1" customWidth="1"/>
     <col min="30" max="32" width="7.90625" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="7.6328125" style="1" bestFit="1" customWidth="1"/>
     <col min="34" max="34" width="7.90625" style="1" customWidth="1"/>
     <col min="35" max="35" width="6.6328125" style="1"/>
     <col min="36" max="36" width="7.90625" style="1" customWidth="1"/>
     <col min="37" max="37" width="7.08984375" style="1" bestFit="1" customWidth="1"/>
     <col min="38" max="38" width="7.90625" style="1" customWidth="1"/>
     <col min="39" max="39" width="6.90625" style="1" bestFit="1" customWidth="1"/>
     <col min="40" max="40" width="7.90625" style="1" customWidth="1"/>
     <col min="41" max="41" width="6.90625" style="1" bestFit="1" customWidth="1"/>
     <col min="42" max="42" width="7.90625" style="1" customWidth="1"/>
     <col min="43" max="43" width="6.90625" style="1" bestFit="1" customWidth="1"/>
     <col min="44" max="46" width="6.6328125" style="1"/>
     <col min="47" max="47" width="11.453125" style="1" bestFit="1" customWidth="1"/>
     <col min="48" max="48" width="13.6328125" style="1" customWidth="1"/>
     <col min="49" max="49" width="6.6328125" style="1"/>
     <col min="50" max="50" width="11.08984375" style="1" bestFit="1" customWidth="1"/>
     <col min="51" max="16384" width="6.6328125" style="1"/>
   </cols>
@@ -2728,52 +2728,56 @@
       </c>
       <c r="AH15" s="18">
         <v>2589</v>
       </c>
       <c r="AI15" s="7">
         <v>82.636450686243208</v>
       </c>
       <c r="AJ15" s="18">
         <v>3135</v>
       </c>
       <c r="AK15" s="7">
         <v>121.08922363847046</v>
       </c>
       <c r="AL15" s="18">
         <v>2912</v>
       </c>
       <c r="AM15" s="7">
         <v>92.886762360446568</v>
       </c>
       <c r="AN15" s="18">
         <v>2980</v>
       </c>
       <c r="AO15" s="7">
         <v>102.33516483516483</v>
       </c>
-      <c r="AP15" s="18"/>
-      <c r="AQ15" s="7"/>
+      <c r="AP15" s="18">
+        <v>2987</v>
+      </c>
+      <c r="AQ15" s="7">
+        <v>100.23489932885906</v>
+      </c>
       <c r="AU15" s="26">
         <v>2004</v>
       </c>
       <c r="AV15" s="27">
         <v>1609.0963000000002</v>
       </c>
       <c r="AW15" s="28"/>
       <c r="AX15" s="29" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:50" s="2" customFormat="1" ht="17.25" customHeight="1">
       <c r="A16" s="6" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="11">
         <v>3421</v>
       </c>
       <c r="C16" s="7">
         <v>95.9</v>
       </c>
       <c r="D16" s="11">
         <v>2794</v>
       </c>
       <c r="E16" s="7">
@@ -2865,52 +2869,56 @@
       </c>
       <c r="AH16" s="11">
         <v>3008</v>
       </c>
       <c r="AI16" s="34">
         <v>70.577193805725017</v>
       </c>
       <c r="AJ16" s="11">
         <v>3900</v>
       </c>
       <c r="AK16" s="34">
         <v>129.65425531914894</v>
       </c>
       <c r="AL16" s="11">
         <v>3805</v>
       </c>
       <c r="AM16" s="34">
         <v>97.564102564102555</v>
       </c>
       <c r="AN16" s="11">
         <v>3790</v>
       </c>
       <c r="AO16" s="34">
         <v>99.605781865965838</v>
       </c>
-      <c r="AP16" s="11"/>
-      <c r="AQ16" s="34"/>
+      <c r="AP16" s="11">
+        <v>3810</v>
+      </c>
+      <c r="AQ16" s="34">
+        <v>100.52770448548813</v>
+      </c>
       <c r="AU16" s="26">
         <v>2005</v>
       </c>
       <c r="AV16" s="27">
         <v>1582.278</v>
       </c>
       <c r="AW16" s="28"/>
       <c r="AX16" s="29" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:50" s="2" customFormat="1" ht="17.25" customHeight="1">
       <c r="A17" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="12">
         <v>3117</v>
       </c>
       <c r="C17" s="9">
         <v>87.4</v>
       </c>
       <c r="D17" s="12">
         <v>2369</v>
       </c>
       <c r="E17" s="9">
@@ -3002,52 +3010,56 @@
       </c>
       <c r="AH17" s="19">
         <v>2210</v>
       </c>
       <c r="AI17" s="9">
         <v>95.67099567099568</v>
       </c>
       <c r="AJ17" s="19">
         <v>2167</v>
       </c>
       <c r="AK17" s="9">
         <v>98.054298642533936</v>
       </c>
       <c r="AL17" s="19">
         <v>2343</v>
       </c>
       <c r="AM17" s="9">
         <v>108.12182741116752</v>
       </c>
       <c r="AN17" s="19">
         <v>2463</v>
       </c>
       <c r="AO17" s="9">
         <v>105.12163892445582</v>
       </c>
-      <c r="AP17" s="19"/>
-      <c r="AQ17" s="9"/>
+      <c r="AP17" s="19">
+        <v>2632</v>
+      </c>
+      <c r="AQ17" s="9">
+        <v>106.861550954121</v>
+      </c>
       <c r="AU17" s="26">
         <v>2006</v>
       </c>
       <c r="AV17" s="27">
         <v>1429.6957</v>
       </c>
       <c r="AW17" s="28"/>
       <c r="AX17" s="30">
         <v>6126</v>
       </c>
     </row>
     <row r="18" spans="1:50" ht="17.25" customHeight="1">
       <c r="AU18" s="26">
         <v>2007</v>
       </c>
       <c r="AV18" s="27">
         <v>1236.9735000000001</v>
       </c>
       <c r="AW18" s="28"/>
       <c r="AX18" s="30">
         <v>5260</v>
       </c>
     </row>
     <row r="19" spans="1:50" ht="17.25" customHeight="1">
       <c r="AU19" s="26">