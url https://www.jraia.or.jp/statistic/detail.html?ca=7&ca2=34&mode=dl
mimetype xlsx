--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -1,86 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\New-cabinet\総務部\4002 ホームページ統計更新\月次公表\過去データ\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A50DFFDF-BF46-4EEF-BC48-911A05E3075A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FA35AC17-92F5-40FC-B9F1-9CC2EE91B785}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="過去データ" sheetId="6" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="Y9" i="6" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="24">
   <si>
     <t>1月</t>
     <rPh sb="1" eb="2">
       <t>ガツ</t>
     </rPh>
     <phoneticPr fontId="7"/>
   </si>
   <si>
     <t>台数</t>
     <rPh sb="0" eb="2">
       <t>ダイスウ</t>
     </rPh>
     <phoneticPr fontId="7"/>
   </si>
   <si>
     <t>前年比</t>
     <rPh sb="0" eb="3">
       <t>ゼンネンヒ</t>
     </rPh>
     <phoneticPr fontId="7"/>
   </si>
   <si>
     <t>台数</t>
     <rPh sb="0" eb="2">
       <t>ダイスウ</t>
@@ -581,51 +581,51 @@
     </xf>
     <xf numFmtId="38" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="43">
+  <cellXfs count="45">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="7" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="179" fontId="6" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="179" fontId="6" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="179" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="179" fontId="6" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="179" fontId="6" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -710,50 +710,56 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
     <xf numFmtId="179" fontId="6" fillId="4" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="179" fontId="6" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="6" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="179" fontId="6" fillId="4" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="179" fontId="6" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="180" fontId="6" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="11">
     <cellStyle name="20% - アクセント 5 2" xfId="8" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - アクセント 6 2" xfId="9" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="桁区切り 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="桁区切り 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="桁区切り 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="桁区切り 4" xfId="10" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="標準 2 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="標準 3" xfId="6" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="標準 4" xfId="7" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
   </cellStyles>
   <dxfs count="2">
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFD7D7D7"/>
         </patternFill>
@@ -1061,92 +1067,94 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A3:AX34"/>
+  <dimension ref="A3:AZ35"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
       <pane xSplit="1" ySplit="5" topLeftCell="AK6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="AO21" sqref="AO21"/>
+      <selection pane="bottomRight" activeCell="AR6" sqref="AR6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="6.6328125" defaultRowHeight="12" customHeight="1"/>
   <cols>
     <col min="1" max="18" width="6.6328125" style="1"/>
     <col min="19" max="29" width="7.6328125" style="1" bestFit="1" customWidth="1"/>
     <col min="30" max="32" width="7.90625" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="7.6328125" style="1" bestFit="1" customWidth="1"/>
     <col min="34" max="34" width="7.90625" style="1" customWidth="1"/>
     <col min="35" max="35" width="6.6328125" style="1"/>
     <col min="36" max="36" width="7.90625" style="1" customWidth="1"/>
     <col min="37" max="37" width="7.08984375" style="1" bestFit="1" customWidth="1"/>
     <col min="38" max="38" width="7.90625" style="1" customWidth="1"/>
     <col min="39" max="39" width="6.90625" style="1" bestFit="1" customWidth="1"/>
     <col min="40" max="40" width="7.90625" style="1" customWidth="1"/>
     <col min="41" max="41" width="6.90625" style="1" bestFit="1" customWidth="1"/>
     <col min="42" max="42" width="7.90625" style="1" customWidth="1"/>
     <col min="43" max="43" width="6.90625" style="1" bestFit="1" customWidth="1"/>
-    <col min="44" max="46" width="6.6328125" style="1"/>
-[...4 lines deleted...]
-    <col min="51" max="16384" width="6.6328125" style="1"/>
+    <col min="44" max="44" width="7.90625" style="1" customWidth="1"/>
+    <col min="45" max="45" width="6.90625" style="1" bestFit="1" customWidth="1"/>
+    <col min="46" max="48" width="6.6328125" style="1"/>
+    <col min="49" max="49" width="11.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="50" max="50" width="13.6328125" style="1" customWidth="1"/>
+    <col min="51" max="51" width="6.6328125" style="1"/>
+    <col min="52" max="52" width="11.08984375" style="1" bestFit="1" customWidth="1"/>
+    <col min="53" max="16384" width="6.6328125" style="1"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:50" ht="12" customHeight="1">
-      <c r="AU3" s="2" t="s">
+    <row r="3" spans="1:52" ht="12" customHeight="1">
+      <c r="AW3" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="AV3" s="2"/>
-      <c r="AW3" s="2"/>
       <c r="AX3" s="2"/>
+      <c r="AY3" s="2"/>
+      <c r="AZ3" s="2"/>
     </row>
-    <row r="4" spans="1:50" s="2" customFormat="1" ht="17.25" customHeight="1">
+    <row r="4" spans="1:52" s="2" customFormat="1" ht="17.25" customHeight="1">
       <c r="A4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B4" s="35">
         <v>2005</v>
       </c>
       <c r="C4" s="36"/>
       <c r="D4" s="35">
         <v>2006</v>
       </c>
       <c r="E4" s="36"/>
       <c r="F4" s="35">
         <v>2007</v>
       </c>
       <c r="G4" s="36"/>
       <c r="H4" s="35">
         <v>2008</v>
       </c>
       <c r="I4" s="36"/>
       <c r="J4" s="35">
         <v>2009</v>
       </c>
       <c r="K4" s="36"/>
       <c r="L4" s="35">
         <v>2010</v>
@@ -1190,59 +1198,63 @@
       <c r="AE4" s="36"/>
       <c r="AF4" s="35">
         <v>2020</v>
       </c>
       <c r="AG4" s="36"/>
       <c r="AH4" s="35">
         <v>2021</v>
       </c>
       <c r="AI4" s="36"/>
       <c r="AJ4" s="35">
         <v>2022</v>
       </c>
       <c r="AK4" s="36"/>
       <c r="AL4" s="35">
         <v>2023</v>
       </c>
       <c r="AM4" s="36"/>
       <c r="AN4" s="35">
         <v>2024</v>
       </c>
       <c r="AO4" s="36"/>
       <c r="AP4" s="35">
         <v>2025</v>
       </c>
       <c r="AQ4" s="36"/>
-      <c r="AV4" s="20" t="s">
+      <c r="AR4" s="35">
+        <v>2026</v>
+      </c>
+      <c r="AS4" s="36"/>
+      <c r="AX4" s="20" t="s">
         <v>22</v>
       </c>
-      <c r="AW4" s="21"/>
-      <c r="AX4" s="21" t="s">
+      <c r="AY4" s="21"/>
+      <c r="AZ4" s="21" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="5" spans="1:50" s="3" customFormat="1" ht="17.25" customHeight="1">
+    <row r="5" spans="1:52" s="3" customFormat="1" ht="17.25" customHeight="1">
       <c r="B5" s="37" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="38" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="37" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="38" t="s">
         <v>2</v>
       </c>
       <c r="F5" s="37" t="s">
         <v>1</v>
       </c>
       <c r="G5" s="38" t="s">
         <v>2</v>
       </c>
       <c r="H5" s="37" t="s">
         <v>1</v>
       </c>
       <c r="I5" s="38" t="s">
         <v>2</v>
       </c>
       <c r="J5" s="37" t="s">
@@ -1325,60 +1337,66 @@
       </c>
       <c r="AJ5" s="42" t="s">
         <v>3</v>
       </c>
       <c r="AK5" s="41" t="s">
         <v>4</v>
       </c>
       <c r="AL5" s="42" t="s">
         <v>3</v>
       </c>
       <c r="AM5" s="41" t="s">
         <v>4</v>
       </c>
       <c r="AN5" s="42" t="s">
         <v>3</v>
       </c>
       <c r="AO5" s="41" t="s">
         <v>4</v>
       </c>
       <c r="AP5" s="42" t="s">
         <v>3</v>
       </c>
       <c r="AQ5" s="41" t="s">
         <v>4</v>
       </c>
-      <c r="AU5" s="22"/>
-      <c r="AV5" s="23" t="s">
+      <c r="AR5" s="42" t="s">
+        <v>3</v>
+      </c>
+      <c r="AS5" s="41" t="s">
+        <v>4</v>
+      </c>
+      <c r="AW5" s="22"/>
+      <c r="AX5" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="AW5" s="24"/>
-      <c r="AX5" s="25" t="s">
+      <c r="AY5" s="24"/>
+      <c r="AZ5" s="25" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="6" spans="1:50" s="2" customFormat="1" ht="17.25" customHeight="1">
+    <row r="6" spans="1:52" s="2" customFormat="1" ht="17.25" customHeight="1">
       <c r="A6" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="13" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="14" t="s">
         <v>17</v>
       </c>
       <c r="D6" s="10">
         <v>2037</v>
       </c>
       <c r="E6" s="5">
         <v>83.7</v>
       </c>
       <c r="F6" s="10">
         <v>2190</v>
       </c>
       <c r="G6" s="5">
         <v>107.5</v>
       </c>
       <c r="H6" s="10">
         <v>1436</v>
       </c>
       <c r="I6" s="5">
@@ -1464,62 +1482,68 @@
       </c>
       <c r="AJ6" s="15">
         <v>1656</v>
       </c>
       <c r="AK6" s="5">
         <v>94.305239179954441</v>
       </c>
       <c r="AL6" s="15">
         <v>1364</v>
       </c>
       <c r="AM6" s="5">
         <v>82.367149758454104</v>
       </c>
       <c r="AN6" s="15">
         <v>1595</v>
       </c>
       <c r="AO6" s="5">
         <v>116.93548387096774</v>
       </c>
       <c r="AP6" s="15">
         <v>1549</v>
       </c>
       <c r="AQ6" s="5">
         <v>97.115987460815049</v>
       </c>
-      <c r="AU6" s="26">
+      <c r="AR6" s="15">
+        <v>1887</v>
+      </c>
+      <c r="AS6" s="5">
+        <v>121.82052937378953</v>
+      </c>
+      <c r="AW6" s="26">
         <v>1995</v>
       </c>
-      <c r="AV6" s="27">
+      <c r="AX6" s="27">
         <v>916.92700000000002</v>
       </c>
-      <c r="AW6" s="28"/>
-      <c r="AX6" s="29" t="s">
+      <c r="AY6" s="28"/>
+      <c r="AZ6" s="29" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="7" spans="1:50" s="2" customFormat="1" ht="17.25" customHeight="1">
+    <row r="7" spans="1:52" s="2" customFormat="1" ht="17.25" customHeight="1">
       <c r="A7" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="16" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="17" t="s">
         <v>17</v>
       </c>
       <c r="D7" s="11">
         <v>2796</v>
       </c>
       <c r="E7" s="7">
         <v>92.2</v>
       </c>
       <c r="F7" s="11">
         <v>2579</v>
       </c>
       <c r="G7" s="7">
         <v>92.2</v>
       </c>
       <c r="H7" s="11">
         <v>2206</v>
       </c>
       <c r="I7" s="7">
@@ -1605,62 +1629,64 @@
       </c>
       <c r="AJ7" s="18">
         <v>2210</v>
       </c>
       <c r="AK7" s="7">
         <v>133.37356668678336</v>
       </c>
       <c r="AL7" s="18">
         <v>1693</v>
       </c>
       <c r="AM7" s="7">
         <v>76.606334841628964</v>
       </c>
       <c r="AN7" s="18">
         <v>1513</v>
       </c>
       <c r="AO7" s="7">
         <v>89.367985823981101</v>
       </c>
       <c r="AP7" s="18">
         <v>1721</v>
       </c>
       <c r="AQ7" s="7">
         <v>113.74752148050231</v>
       </c>
-      <c r="AU7" s="26">
+      <c r="AR7" s="18"/>
+      <c r="AS7" s="7"/>
+      <c r="AW7" s="26">
         <v>1996</v>
       </c>
-      <c r="AV7" s="27">
+      <c r="AX7" s="27">
         <v>1123.9449999999999</v>
       </c>
-      <c r="AW7" s="28"/>
-      <c r="AX7" s="29" t="s">
+      <c r="AY7" s="28"/>
+      <c r="AZ7" s="29" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="8" spans="1:50" s="2" customFormat="1" ht="17.25" customHeight="1">
+    <row r="8" spans="1:52" s="2" customFormat="1" ht="17.25" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="16" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="17" t="s">
         <v>17</v>
       </c>
       <c r="D8" s="11">
         <v>3115</v>
       </c>
       <c r="E8" s="7">
         <v>92.4</v>
       </c>
       <c r="F8" s="11">
         <v>2671</v>
       </c>
       <c r="G8" s="7">
         <v>85.7</v>
       </c>
       <c r="H8" s="11">
         <v>1957</v>
       </c>
       <c r="I8" s="7">
@@ -1746,62 +1772,64 @@
       </c>
       <c r="AJ8" s="18">
         <v>2369</v>
       </c>
       <c r="AK8" s="7">
         <v>134.37322745320478</v>
       </c>
       <c r="AL8" s="18">
         <v>1953</v>
       </c>
       <c r="AM8" s="7">
         <v>82.439848037146476</v>
       </c>
       <c r="AN8" s="18">
         <v>2063</v>
       </c>
       <c r="AO8" s="7">
         <v>105.63236047107014</v>
       </c>
       <c r="AP8" s="18">
         <v>1921</v>
       </c>
       <c r="AQ8" s="7">
         <v>93.11682016480853</v>
       </c>
-      <c r="AU8" s="26">
+      <c r="AR8" s="18"/>
+      <c r="AS8" s="7"/>
+      <c r="AW8" s="26">
         <v>1997</v>
       </c>
-      <c r="AV8" s="27">
+      <c r="AX8" s="27">
         <v>1221.5730000000001</v>
       </c>
-      <c r="AW8" s="28"/>
-      <c r="AX8" s="29" t="s">
+      <c r="AY8" s="28"/>
+      <c r="AZ8" s="29" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="9" spans="1:50" s="2" customFormat="1" ht="17.25" customHeight="1">
+    <row r="9" spans="1:52" s="2" customFormat="1" ht="17.25" customHeight="1">
       <c r="A9" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="11">
         <v>2772</v>
       </c>
       <c r="C9" s="7">
         <v>91.7</v>
       </c>
       <c r="D9" s="11">
         <v>2343</v>
       </c>
       <c r="E9" s="7">
         <v>84.5</v>
       </c>
       <c r="F9" s="11">
         <v>2280</v>
       </c>
       <c r="G9" s="7">
         <v>97.3</v>
       </c>
       <c r="H9" s="11">
         <v>1590</v>
       </c>
       <c r="I9" s="7">
@@ -1888,62 +1916,64 @@
       </c>
       <c r="AJ9" s="18">
         <v>2162</v>
       </c>
       <c r="AK9" s="7">
         <v>100.41802136553646</v>
       </c>
       <c r="AL9" s="18">
         <v>1799</v>
       </c>
       <c r="AM9" s="7">
         <v>83.209990749306201</v>
       </c>
       <c r="AN9" s="18">
         <v>1721</v>
       </c>
       <c r="AO9" s="7">
         <v>95.664257921067261</v>
       </c>
       <c r="AP9" s="18">
         <v>1926</v>
       </c>
       <c r="AQ9" s="7">
         <v>111.91167925624637</v>
       </c>
-      <c r="AU9" s="26">
+      <c r="AR9" s="18"/>
+      <c r="AS9" s="7"/>
+      <c r="AW9" s="26">
         <v>1998</v>
       </c>
-      <c r="AV9" s="27">
+      <c r="AX9" s="27">
         <v>1300.5429999999999</v>
       </c>
-      <c r="AW9" s="28"/>
-      <c r="AX9" s="29" t="s">
+      <c r="AY9" s="28"/>
+      <c r="AZ9" s="29" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="10" spans="1:50" s="2" customFormat="1" ht="17.25" customHeight="1">
+    <row r="10" spans="1:52" s="2" customFormat="1" ht="17.25" customHeight="1">
       <c r="A10" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="11">
         <v>2754</v>
       </c>
       <c r="C10" s="7">
         <v>91.7</v>
       </c>
       <c r="D10" s="11">
         <v>2336</v>
       </c>
       <c r="E10" s="7">
         <v>84.8</v>
       </c>
       <c r="F10" s="11">
         <v>2237</v>
       </c>
       <c r="G10" s="7">
         <v>95.8</v>
       </c>
       <c r="H10" s="11">
         <v>1810</v>
       </c>
       <c r="I10" s="7">
@@ -2029,62 +2059,64 @@
       </c>
       <c r="AJ10" s="18">
         <v>1793</v>
       </c>
       <c r="AK10" s="7">
         <v>91.246819338422398</v>
       </c>
       <c r="AL10" s="18">
         <v>1844</v>
       </c>
       <c r="AM10" s="7">
         <v>102.84439486893476</v>
       </c>
       <c r="AN10" s="18">
         <v>1710</v>
       </c>
       <c r="AO10" s="7">
         <v>92.73318872017353</v>
       </c>
       <c r="AP10" s="18">
         <v>1880</v>
       </c>
       <c r="AQ10" s="7">
         <v>109.94152046783626</v>
       </c>
-      <c r="AU10" s="26">
+      <c r="AR10" s="18"/>
+      <c r="AS10" s="7"/>
+      <c r="AW10" s="26">
         <v>1999</v>
       </c>
-      <c r="AV10" s="27">
+      <c r="AX10" s="27">
         <v>1516.857</v>
       </c>
-      <c r="AW10" s="28"/>
-      <c r="AX10" s="29" t="s">
+      <c r="AY10" s="28"/>
+      <c r="AZ10" s="29" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="11" spans="1:50" s="2" customFormat="1" ht="17.25" customHeight="1">
+    <row r="11" spans="1:52" s="2" customFormat="1" ht="17.25" customHeight="1">
       <c r="A11" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="11">
         <v>3449</v>
       </c>
       <c r="C11" s="7">
         <v>98.9</v>
       </c>
       <c r="D11" s="11">
         <v>2827</v>
       </c>
       <c r="E11" s="7">
         <v>82</v>
       </c>
       <c r="F11" s="11">
         <v>2208</v>
       </c>
       <c r="G11" s="7">
         <v>78.099999999999994</v>
       </c>
       <c r="H11" s="11">
         <v>2191</v>
       </c>
       <c r="I11" s="7">
@@ -2170,62 +2202,64 @@
       </c>
       <c r="AJ11" s="18">
         <v>1784</v>
       </c>
       <c r="AK11" s="7">
         <v>103.42028985507245</v>
       </c>
       <c r="AL11" s="18">
         <v>1704</v>
       </c>
       <c r="AM11" s="7">
         <v>95.515695067264573</v>
       </c>
       <c r="AN11" s="18">
         <v>1686</v>
       </c>
       <c r="AO11" s="7">
         <v>98.943661971830991</v>
       </c>
       <c r="AP11" s="18">
         <v>1671</v>
       </c>
       <c r="AQ11" s="7">
         <v>99.110320284697508</v>
       </c>
-      <c r="AU11" s="26">
+      <c r="AR11" s="18"/>
+      <c r="AS11" s="7"/>
+      <c r="AW11" s="26">
         <v>2000</v>
       </c>
-      <c r="AV11" s="27">
+      <c r="AX11" s="27">
         <v>1820.941</v>
       </c>
-      <c r="AW11" s="28"/>
-      <c r="AX11" s="29" t="s">
+      <c r="AY11" s="28"/>
+      <c r="AZ11" s="29" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="12" spans="1:50" s="2" customFormat="1" ht="17.25" customHeight="1">
+    <row r="12" spans="1:52" s="2" customFormat="1" ht="17.25" customHeight="1">
       <c r="A12" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="11">
         <v>3226</v>
       </c>
       <c r="C12" s="7">
         <v>97.3</v>
       </c>
       <c r="D12" s="11">
         <v>3042</v>
       </c>
       <c r="E12" s="7">
         <v>94.3</v>
       </c>
       <c r="F12" s="11">
         <v>2044</v>
       </c>
       <c r="G12" s="7">
         <v>67.2</v>
       </c>
       <c r="H12" s="11">
         <v>2051</v>
       </c>
       <c r="I12" s="7">
@@ -2311,62 +2345,64 @@
       </c>
       <c r="AJ12" s="18">
         <v>1811</v>
       </c>
       <c r="AK12" s="7">
         <v>78.195164075993091</v>
       </c>
       <c r="AL12" s="18">
         <v>1623</v>
       </c>
       <c r="AM12" s="7">
         <v>89.618995030369959</v>
       </c>
       <c r="AN12" s="18">
         <v>1876</v>
       </c>
       <c r="AO12" s="7">
         <v>115.58841651263091</v>
       </c>
       <c r="AP12" s="18">
         <v>2267</v>
       </c>
       <c r="AQ12" s="7">
         <v>120.84221748400851</v>
       </c>
-      <c r="AU12" s="26">
+      <c r="AR12" s="18"/>
+      <c r="AS12" s="7"/>
+      <c r="AW12" s="26">
         <v>2001</v>
       </c>
-      <c r="AV12" s="27">
+      <c r="AX12" s="27">
         <v>1562.31</v>
       </c>
-      <c r="AW12" s="28"/>
-      <c r="AX12" s="29" t="s">
+      <c r="AY12" s="28"/>
+      <c r="AZ12" s="29" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="13" spans="1:50" s="2" customFormat="1" ht="17.25" customHeight="1">
+    <row r="13" spans="1:52" s="2" customFormat="1" ht="17.25" customHeight="1">
       <c r="A13" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="11">
         <v>3386</v>
       </c>
       <c r="C13" s="7">
         <v>91.5</v>
       </c>
       <c r="D13" s="11">
         <v>2944</v>
       </c>
       <c r="E13" s="7">
         <v>86.9</v>
       </c>
       <c r="F13" s="11">
         <v>2324</v>
       </c>
       <c r="G13" s="7">
         <v>78.900000000000006</v>
       </c>
       <c r="H13" s="11">
         <v>2340</v>
       </c>
       <c r="I13" s="7">
@@ -2452,62 +2488,64 @@
       </c>
       <c r="AJ13" s="18">
         <v>3274</v>
       </c>
       <c r="AK13" s="7">
         <v>103.3459595959596</v>
       </c>
       <c r="AL13" s="18">
         <v>3512</v>
       </c>
       <c r="AM13" s="7">
         <v>107.26939523518632</v>
       </c>
       <c r="AN13" s="18">
         <v>3300</v>
       </c>
       <c r="AO13" s="7">
         <v>93.96355353075171</v>
       </c>
       <c r="AP13" s="18">
         <v>3275</v>
       </c>
       <c r="AQ13" s="7">
         <v>99.242424242424249</v>
       </c>
-      <c r="AU13" s="26">
+      <c r="AR13" s="18"/>
+      <c r="AS13" s="7"/>
+      <c r="AW13" s="26">
         <v>2002</v>
       </c>
-      <c r="AV13" s="27">
+      <c r="AX13" s="27">
         <v>1552.11</v>
       </c>
-      <c r="AW13" s="28"/>
-      <c r="AX13" s="29" t="s">
+      <c r="AY13" s="28"/>
+      <c r="AZ13" s="29" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="14" spans="1:50" s="2" customFormat="1" ht="17.25" customHeight="1">
+    <row r="14" spans="1:52" s="2" customFormat="1" ht="17.25" customHeight="1">
       <c r="A14" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="11">
         <v>3286</v>
       </c>
       <c r="C14" s="7">
         <v>117.5</v>
       </c>
       <c r="D14" s="11">
         <v>2414</v>
       </c>
       <c r="E14" s="7">
         <v>73.5</v>
       </c>
       <c r="F14" s="11">
         <v>2243</v>
       </c>
       <c r="G14" s="7">
         <v>92.9</v>
       </c>
       <c r="H14" s="11">
         <v>1728</v>
       </c>
       <c r="I14" s="7">
@@ -2593,62 +2631,64 @@
       </c>
       <c r="AJ14" s="18">
         <v>1878</v>
       </c>
       <c r="AK14" s="7">
         <v>130.77994428969359</v>
       </c>
       <c r="AL14" s="18">
         <v>1680</v>
       </c>
       <c r="AM14" s="7">
         <v>89.456869009584665</v>
       </c>
       <c r="AN14" s="18">
         <v>1744</v>
       </c>
       <c r="AO14" s="7">
         <v>103.80952380952382</v>
       </c>
       <c r="AP14" s="18">
         <v>1785</v>
       </c>
       <c r="AQ14" s="7">
         <v>102.35091743119267</v>
       </c>
-      <c r="AU14" s="26">
+      <c r="AR14" s="18"/>
+      <c r="AS14" s="7"/>
+      <c r="AW14" s="26">
         <v>2003</v>
       </c>
-      <c r="AV14" s="27">
+      <c r="AX14" s="27">
         <v>1620.07</v>
       </c>
-      <c r="AW14" s="28"/>
-      <c r="AX14" s="29" t="s">
+      <c r="AY14" s="28"/>
+      <c r="AZ14" s="29" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="15" spans="1:50" s="2" customFormat="1" ht="17.25" customHeight="1">
+    <row r="15" spans="1:52" s="2" customFormat="1" ht="17.25" customHeight="1">
       <c r="A15" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="11">
         <v>2509</v>
       </c>
       <c r="C15" s="7">
         <v>87.3</v>
       </c>
       <c r="D15" s="11">
         <v>2181</v>
       </c>
       <c r="E15" s="7">
         <v>86.9</v>
       </c>
       <c r="F15" s="11">
         <v>1972</v>
       </c>
       <c r="G15" s="7">
         <v>90.4</v>
       </c>
       <c r="H15" s="11">
         <v>1765</v>
       </c>
       <c r="I15" s="7">
@@ -2734,62 +2774,64 @@
       </c>
       <c r="AJ15" s="18">
         <v>3135</v>
       </c>
       <c r="AK15" s="7">
         <v>121.08922363847046</v>
       </c>
       <c r="AL15" s="18">
         <v>2912</v>
       </c>
       <c r="AM15" s="7">
         <v>92.886762360446568</v>
       </c>
       <c r="AN15" s="18">
         <v>2980</v>
       </c>
       <c r="AO15" s="7">
         <v>102.33516483516483</v>
       </c>
       <c r="AP15" s="18">
         <v>2987</v>
       </c>
       <c r="AQ15" s="7">
         <v>100.23489932885906</v>
       </c>
-      <c r="AU15" s="26">
+      <c r="AR15" s="18"/>
+      <c r="AS15" s="7"/>
+      <c r="AW15" s="26">
         <v>2004</v>
       </c>
-      <c r="AV15" s="27">
+      <c r="AX15" s="27">
         <v>1609.0963000000002</v>
       </c>
-      <c r="AW15" s="28"/>
-      <c r="AX15" s="29" t="s">
+      <c r="AY15" s="28"/>
+      <c r="AZ15" s="29" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="16" spans="1:50" s="2" customFormat="1" ht="17.25" customHeight="1">
+    <row r="16" spans="1:52" s="2" customFormat="1" ht="17.25" customHeight="1">
       <c r="A16" s="6" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="11">
         <v>3421</v>
       </c>
       <c r="C16" s="7">
         <v>95.9</v>
       </c>
       <c r="D16" s="11">
         <v>2794</v>
       </c>
       <c r="E16" s="7">
         <v>81.7</v>
       </c>
       <c r="F16" s="11">
         <v>2714</v>
       </c>
       <c r="G16" s="7">
         <v>97.1</v>
       </c>
       <c r="H16" s="11">
         <v>2132</v>
       </c>
       <c r="I16" s="7">
@@ -2875,62 +2917,64 @@
       </c>
       <c r="AJ16" s="11">
         <v>3900</v>
       </c>
       <c r="AK16" s="34">
         <v>129.65425531914894</v>
       </c>
       <c r="AL16" s="11">
         <v>3805</v>
       </c>
       <c r="AM16" s="34">
         <v>97.564102564102555</v>
       </c>
       <c r="AN16" s="11">
         <v>3790</v>
       </c>
       <c r="AO16" s="34">
         <v>99.605781865965838</v>
       </c>
       <c r="AP16" s="11">
         <v>3810</v>
       </c>
       <c r="AQ16" s="34">
         <v>100.52770448548813</v>
       </c>
-      <c r="AU16" s="26">
+      <c r="AR16" s="11"/>
+      <c r="AS16" s="34"/>
+      <c r="AW16" s="26">
         <v>2005</v>
       </c>
-      <c r="AV16" s="27">
+      <c r="AX16" s="27">
         <v>1582.278</v>
       </c>
-      <c r="AW16" s="28"/>
-      <c r="AX16" s="29" t="s">
+      <c r="AY16" s="28"/>
+      <c r="AZ16" s="29" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="17" spans="1:50" s="2" customFormat="1" ht="17.25" customHeight="1">
+    <row r="17" spans="1:52" s="2" customFormat="1" ht="17.25" customHeight="1">
       <c r="A17" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="12">
         <v>3117</v>
       </c>
       <c r="C17" s="9">
         <v>87.4</v>
       </c>
       <c r="D17" s="12">
         <v>2369</v>
       </c>
       <c r="E17" s="9">
         <v>76</v>
       </c>
       <c r="F17" s="12">
         <v>2528</v>
       </c>
       <c r="G17" s="9">
         <v>106.7</v>
       </c>
       <c r="H17" s="12">
         <v>1803</v>
       </c>
       <c r="I17" s="9">
@@ -3016,277 +3060,291 @@
       </c>
       <c r="AJ17" s="19">
         <v>2167</v>
       </c>
       <c r="AK17" s="9">
         <v>98.054298642533936</v>
       </c>
       <c r="AL17" s="19">
         <v>2343</v>
       </c>
       <c r="AM17" s="9">
         <v>108.12182741116752</v>
       </c>
       <c r="AN17" s="19">
         <v>2463</v>
       </c>
       <c r="AO17" s="9">
         <v>105.12163892445582</v>
       </c>
       <c r="AP17" s="19">
         <v>2632</v>
       </c>
       <c r="AQ17" s="9">
         <v>106.861550954121</v>
       </c>
-      <c r="AU17" s="26">
+      <c r="AR17" s="19"/>
+      <c r="AS17" s="9"/>
+      <c r="AW17" s="26">
         <v>2006</v>
       </c>
-      <c r="AV17" s="27">
+      <c r="AX17" s="27">
         <v>1429.6957</v>
       </c>
-      <c r="AW17" s="28"/>
-      <c r="AX17" s="30">
+      <c r="AY17" s="28"/>
+      <c r="AZ17" s="30">
         <v>6126</v>
       </c>
     </row>
-    <row r="18" spans="1:50" ht="17.25" customHeight="1">
-      <c r="AU18" s="26">
+    <row r="18" spans="1:52" ht="17.25" customHeight="1">
+      <c r="AW18" s="26">
         <v>2007</v>
       </c>
-      <c r="AV18" s="27">
+      <c r="AX18" s="27">
         <v>1236.9735000000001</v>
       </c>
-      <c r="AW18" s="28"/>
-      <c r="AX18" s="30">
+      <c r="AY18" s="28"/>
+      <c r="AZ18" s="30">
         <v>5260</v>
       </c>
     </row>
-    <row r="19" spans="1:50" ht="17.25" customHeight="1">
-      <c r="AU19" s="26">
+    <row r="19" spans="1:52" ht="17.25" customHeight="1">
+      <c r="AW19" s="26">
         <v>2008</v>
       </c>
-      <c r="AV19" s="27">
+      <c r="AX19" s="27">
         <v>1077.1646000000001</v>
       </c>
-      <c r="AW19" s="28"/>
-      <c r="AX19" s="30">
+      <c r="AY19" s="28"/>
+      <c r="AZ19" s="30">
         <v>3649</v>
       </c>
     </row>
-    <row r="20" spans="1:50" ht="17.25" customHeight="1">
-      <c r="AU20" s="26">
+    <row r="20" spans="1:52" ht="17.25" customHeight="1">
+      <c r="AW20" s="26">
         <v>2009</v>
       </c>
-      <c r="AV20" s="27">
+      <c r="AX20" s="27">
         <v>866.88059999999996</v>
       </c>
-      <c r="AW20" s="28"/>
-      <c r="AX20" s="30">
+      <c r="AY20" s="28"/>
+      <c r="AZ20" s="30">
         <v>1631</v>
       </c>
     </row>
-    <row r="21" spans="1:50" ht="17.25" customHeight="1">
-      <c r="AU21" s="26">
+    <row r="21" spans="1:52" ht="17.25" customHeight="1">
+      <c r="AW21" s="26">
         <v>2010</v>
       </c>
-      <c r="AV21" s="27">
+      <c r="AX21" s="27">
         <v>825.30169999999998</v>
       </c>
-      <c r="AW21" s="28"/>
-      <c r="AX21" s="30">
+      <c r="AY21" s="28"/>
+      <c r="AZ21" s="30">
         <v>2201</v>
       </c>
     </row>
-    <row r="22" spans="1:50" ht="17.25" customHeight="1">
-      <c r="AU22" s="26">
+    <row r="22" spans="1:52" ht="17.25" customHeight="1">
+      <c r="AW22" s="26">
         <v>2011</v>
       </c>
-      <c r="AV22" s="27">
+      <c r="AX22" s="27">
         <v>1090.1864</v>
       </c>
-      <c r="AW22" s="28"/>
-      <c r="AX22" s="30">
+      <c r="AY22" s="28"/>
+      <c r="AZ22" s="30">
         <v>2112</v>
       </c>
     </row>
-    <row r="23" spans="1:50" ht="17.25" customHeight="1">
-      <c r="AU23" s="26">
+    <row r="23" spans="1:52" ht="17.25" customHeight="1">
+      <c r="AW23" s="26">
         <v>2012</v>
       </c>
-      <c r="AV23" s="27">
+      <c r="AX23" s="27">
         <v>1419.4050999999999</v>
       </c>
-      <c r="AW23" s="28"/>
-      <c r="AX23" s="30">
+      <c r="AY23" s="28"/>
+      <c r="AZ23" s="30">
         <v>2728</v>
       </c>
     </row>
-    <row r="24" spans="1:50" ht="17.25" customHeight="1">
-      <c r="AU24" s="26">
+    <row r="24" spans="1:52" ht="17.25" customHeight="1">
+      <c r="AW24" s="26">
         <v>2013</v>
       </c>
-      <c r="AV24" s="27">
+      <c r="AX24" s="27">
         <v>1492.5327</v>
       </c>
-      <c r="AW24" s="28"/>
-      <c r="AX24" s="30">
+      <c r="AY24" s="28"/>
+      <c r="AZ24" s="30">
         <v>3263</v>
       </c>
     </row>
-    <row r="25" spans="1:50" ht="17.25" customHeight="1">
-      <c r="AU25" s="26">
+    <row r="25" spans="1:52" ht="17.25" customHeight="1">
+      <c r="AW25" s="26">
         <v>2014</v>
       </c>
-      <c r="AV25" s="27">
+      <c r="AX25" s="27">
         <v>1524.2049999999999</v>
       </c>
-      <c r="AW25" s="28"/>
-      <c r="AX25" s="30">
+      <c r="AY25" s="28"/>
+      <c r="AZ25" s="30">
         <v>3583</v>
       </c>
     </row>
-    <row r="26" spans="1:50" ht="17.25" customHeight="1">
-      <c r="AU26" s="26">
+    <row r="26" spans="1:52" ht="17.25" customHeight="1">
+      <c r="AW26" s="26">
         <v>2015</v>
       </c>
-      <c r="AV26" s="27">
+      <c r="AX26" s="27">
         <v>1626.8189</v>
       </c>
-      <c r="AW26" s="28"/>
-      <c r="AX26" s="30">
+      <c r="AY26" s="28"/>
+      <c r="AZ26" s="30">
         <v>4346</v>
       </c>
     </row>
-    <row r="27" spans="1:50" ht="17.25" customHeight="1">
-      <c r="AU27" s="26">
+    <row r="27" spans="1:52" ht="17.25" customHeight="1">
+      <c r="AW27" s="26">
         <v>2016</v>
       </c>
-      <c r="AV27" s="27">
+      <c r="AX27" s="27">
         <v>1589.8395</v>
       </c>
-      <c r="AW27" s="28"/>
-      <c r="AX27" s="30">
+      <c r="AY27" s="28"/>
+      <c r="AZ27" s="30">
         <v>4613</v>
       </c>
     </row>
-    <row r="28" spans="1:50" ht="17.25" customHeight="1">
-      <c r="AU28" s="26">
+    <row r="28" spans="1:52" ht="17.25" customHeight="1">
+      <c r="AW28" s="26">
         <v>2017</v>
       </c>
-      <c r="AV28" s="27">
+      <c r="AX28" s="27">
         <v>1506.4564</v>
       </c>
-      <c r="AW28" s="28"/>
-      <c r="AX28" s="30">
+      <c r="AY28" s="28"/>
+      <c r="AZ28" s="30">
         <v>4610</v>
       </c>
     </row>
-    <row r="29" spans="1:50" ht="17.25" customHeight="1">
-      <c r="AU29" s="26">
+    <row r="29" spans="1:52" ht="17.25" customHeight="1">
+      <c r="AW29" s="26">
         <v>2018</v>
       </c>
-      <c r="AV29" s="27">
+      <c r="AX29" s="27">
         <v>1484.5465999999999</v>
       </c>
-      <c r="AW29" s="28"/>
-      <c r="AX29" s="30">
+      <c r="AY29" s="28"/>
+      <c r="AZ29" s="30">
         <v>4134</v>
       </c>
     </row>
-    <row r="30" spans="1:50" ht="17.25" customHeight="1">
-      <c r="AU30" s="26">
+    <row r="30" spans="1:52" ht="17.25" customHeight="1">
+      <c r="AW30" s="26">
         <v>2019</v>
       </c>
-      <c r="AV30" s="27">
+      <c r="AX30" s="27">
         <v>2169.8272999999999</v>
       </c>
-      <c r="AW30" s="28"/>
-      <c r="AX30" s="30">
+      <c r="AY30" s="28"/>
+      <c r="AZ30" s="30">
         <v>4400</v>
       </c>
     </row>
-    <row r="31" spans="1:50" ht="17.25" customHeight="1">
-      <c r="AU31" s="26">
+    <row r="31" spans="1:52" ht="17.25" customHeight="1">
+      <c r="AW31" s="26">
         <v>2020</v>
       </c>
-      <c r="AV31" s="27">
+      <c r="AX31" s="27">
         <v>1480.0786000000001</v>
       </c>
-      <c r="AW31" s="28"/>
-      <c r="AX31" s="30">
+      <c r="AY31" s="28"/>
+      <c r="AZ31" s="30">
         <v>3493</v>
       </c>
     </row>
-    <row r="32" spans="1:50" ht="17.25" customHeight="1">
-      <c r="AU32" s="26">
+    <row r="32" spans="1:52" ht="17.25" customHeight="1">
+      <c r="AW32" s="26">
         <v>2021</v>
       </c>
-      <c r="AV32" s="27">
+      <c r="AX32" s="27">
         <v>1386.3161</v>
       </c>
-      <c r="AW32" s="28"/>
-      <c r="AX32" s="30">
+      <c r="AY32" s="28"/>
+      <c r="AZ32" s="30">
         <v>3875</v>
       </c>
     </row>
-    <row r="33" spans="47:50" ht="17.25" customHeight="1">
-      <c r="AU33" s="26">
+    <row r="33" spans="49:52" ht="17.25" customHeight="1">
+      <c r="AW33" s="26">
         <v>2022</v>
       </c>
-      <c r="AV33" s="27">
+      <c r="AX33" s="27">
         <v>1390.8880999999999</v>
       </c>
-      <c r="AW33" s="28"/>
-      <c r="AX33" s="30">
+      <c r="AY33" s="28"/>
+      <c r="AZ33" s="30">
         <v>2877</v>
       </c>
     </row>
-    <row r="34" spans="47:50" ht="17.149999999999999" customHeight="1">
-      <c r="AU34" s="31">
+    <row r="34" spans="49:52" ht="17.149999999999999" customHeight="1">
+      <c r="AW34" s="43">
         <v>2023</v>
       </c>
-      <c r="AV34" s="32">
+      <c r="AX34" s="27">
         <v>1372.0155</v>
       </c>
-      <c r="AW34" s="28"/>
-      <c r="AX34" s="33">
+      <c r="AY34" s="28"/>
+      <c r="AZ34" s="44">
         <v>4844</v>
+      </c>
+    </row>
+    <row r="35" spans="49:52" ht="12" customHeight="1">
+      <c r="AW35" s="31">
+        <v>2024</v>
+      </c>
+      <c r="AX35" s="32">
+        <v>1394.1306999999999</v>
+      </c>
+      <c r="AY35" s="28"/>
+      <c r="AZ35" s="33">
+        <v>5773</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.98425196850393704" right="0.59055118110236227" top="1.3779527559055118" bottom="0.59055118110236227" header="0.78740157480314965" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="68" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;R&amp;"Meiryo UI,標準"
 </oddHeader>
     <oddFooter>&amp;R&amp;"Meiryo UI,標準"No.&amp;P</oddFooter>
   </headerFooter>
   <colBreaks count="2" manualBreakCount="2">
     <brk id="27" max="32" man="1"/>
-    <brk id="44" max="32" man="1"/>
+    <brk id="46" max="32" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>過去データ</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>